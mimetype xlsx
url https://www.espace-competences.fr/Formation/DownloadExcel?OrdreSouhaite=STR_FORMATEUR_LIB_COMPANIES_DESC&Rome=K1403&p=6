--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -203,80 +203,80 @@
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>master mention intervention et développement social</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Politique sociale</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention sciences sanitaires et sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention droit de la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Droit</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention sciences sanitaires et sociales</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>master mention santé publique</x:t>
   </x:si>
   <x:si>
     <x:t>Théorie graphes</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
@@ -551,62 +551,62 @@
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Raynouard</x:t>
   </x:si>
   <x:si>
     <x:t>83175</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS services et prestations des secteurs sanitaire et social</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Victor Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS services et prestations des secteurs sanitaire et social</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Jean Lurçat</x:t>
   </x:si>
   <x:si>
     <x:t>13693</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Charles de Gaulle</x:t>
   </x:si>
   <x:si>
     <x:t>84405</x:t>
   </x:si>
   <x:si>
     <x:t>APT CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Caucadis</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Auguste et Louis Lumière</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
@@ -995,146 +995,161 @@
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Maître(esse) de maison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maître de maison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Maître(esse) de maison</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (cursus partiel)</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Travail social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel responsable - coordonnateur services au domicile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hors Piste Conseil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VENELLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (cursus partiel au titre du DEIS)</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (cursus partiel au titre du DEIS) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel responsable - coordonnateur services au domicile</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut de Formation aux Métiers des Services à Domicile</x:t>
   </x:si>
   <x:si>
     <x:t>IFASAD</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/01/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/01/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>directeur des établissements de santé</x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Premiers Secours en Santé Mentale</x:t>
   </x:si>
   <x:si>
     <x:t>Infipp</x:t>
   </x:si>
   <x:si>
     <x:t>69120</x:t>
@@ -1175,122 +1190,107 @@
   <x:si>
     <x:t>IMFRIS</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>13700</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
-    <x:t>Hors Piste Conseil</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>FUVEAU</x:t>
   </x:si>
   <x:si>
-    <x:t>06/04/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>MEYREUIL</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>HEM santé</x:t>
   </x:si>
   <x:si>
     <x:t>Haute Ecole du Travail et de l'Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>HETIS</x:t>
   </x:si>
   <x:si>
     <x:t>06105</x:t>
   </x:si>
   <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certificat d'aptitude aux fonctions d'encadrement et de responsable d'unité d'intervention sociale (Apprentissage)</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Certificat d'aptitude aux fonctions de directeur d'établissement ou de service d'intervention sociale (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/21/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2027 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS SP3S - Services et Prestations des Secteurs Sanitaire et Social</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
@@ -1607,120 +1607,120 @@
   <x:si>
     <x:t>licence pro mention gestion des structures sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours droit et pratique des contentieux publics</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de la santé parcours droit de la santé et encadrement de la recherche</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit public parcours pratique des droits fondamentaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours droit des finances publiques et de la fiscalité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention droit public parcours théorie du droit</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit public parcours droit immobilier privé et public</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours droit public fondamental</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention droit public parcours droit des finances publiques et de la fiscalité</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention gestion des structures sanitaires et sociales parcours responsable de structures enfance et petite enfance</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences sanitaires et sociales parcours sciences sanitaires et sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention intervention et développement social parcours handicap et dépendance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention intervention et développement social parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences sanitaires et sociales parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours  Artificial intelligence for public health</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
   </x:si>
   <x:si>
     <x:t>DU Hygiène hospitalière et gestion de la contagion</x:t>
   </x:si>
   <x:si>
     <x:t>Hygiène hospitalière</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours santé publique société et développement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention santé publique parcours encadrement des organisations de santé et management de la qualité et de la sécurité des soins</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention santé publique parcours handicap et santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention santé publique parcours méthodes quantitatives et économétriques pour la recherche en santé</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention santé publique parcours épidémiologie</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Master mention santé publique parcours méthodes quantitatives et économétriques pour la recherche en santé</x:t>
   </x:si>
   <x:si>
     <x:t>DU management de la prévention et du contrôle des infections</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit de la santé parcours droit et gestion des institutions en santé (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management sectoriel parcours management de projet aéronautique digital</x:t>
   </x:si>
   <x:si>
     <x:t>Management transversal</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours études parlementaires et droit des assemblées</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit public parcours droit public des affaires et contrats publics</x:t>
   </x:si>
   <x:si>
     <x:t>DU Entrepreneuriat dans la silver économie</x:t>
   </x:si>
   <x:si>
     <x:t>DESU Maintien et soins à domicile de la personne âgée</x:t>
   </x:si>
@@ -2466,196 +2466,196 @@
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>591995</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>38194</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>13254</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>597256</x:v>
+        <x:v>592214</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>39696</x:v>
+        <x:v>38194</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>14256</x:v>
+        <x:v>13254</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>592214</x:v>
+        <x:v>597256</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>591996</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
@@ -2685,145 +2685,145 @@
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>592092</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>592215</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>597455</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
@@ -2923,51 +2923,51 @@
       <x:c r="U12" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>40832</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>33024</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
@@ -4108,51 +4108,51 @@
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39598</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -4162,134 +4162,134 @@
       <x:c r="T34" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>555053</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>603246</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
@@ -4766,150 +4766,149 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>547582</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>142</x:v>
-[...1 lines deleted...]
-      <x:c r="C46" s="15" t="s"/>
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="C46" s="15" t="n">
+        <x:v>36939</x:v>
+      </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>161</x:v>
-[...1 lines deleted...]
-      <x:c r="J46" s="14" t="s"/>
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="J46" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>35015</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>596396</x:v>
+        <x:v>596706</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>163</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>161</x:v>
-[...2 lines deleted...]
-        <x:v>80</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>35015</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>596706</x:v>
+        <x:v>596396</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
@@ -5240,51 +5239,51 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>611319</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>43454</x:v>
@@ -5755,51 +5754,51 @@
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>596407</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>43454</x:v>
@@ -5964,51 +5963,51 @@
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>596398</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>43454</x:v>
@@ -6407,51 +6406,51 @@
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>607804</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>43454</x:v>
@@ -6574,73 +6573,73 @@
         <x:v>596402</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>35015</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>596420</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>240</x:v>
@@ -6665,51 +6664,51 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>596399</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
@@ -6926,51 +6925,51 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>596422</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>43454</x:v>
@@ -7033,51 +7032,51 @@
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>596403</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>43454</x:v>
@@ -7270,51 +7269,51 @@
       <x:c r="T92" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
@@ -7572,51 +7571,51 @@
         <x:v>64</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="G98" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -7626,51 +7625,51 @@
       <x:c r="T98" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -7685,51 +7684,51 @@
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -7742,51 +7741,51 @@
       <x:c r="T100" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -7801,51 +7800,51 @@
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
@@ -7864,3806 +7863,3808 @@
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F103" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>576183</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>304</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C104" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>51</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>616991</x:v>
+        <x:v>573058</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>309</x:v>
-[...1 lines deleted...]
-      <x:c r="C105" s="3" t="s"/>
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C105" s="3" t="n">
+        <x:v>36838</x:v>
+      </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>44096</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>573058</x:v>
+        <x:v>616991</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>567161</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>558664</x:v>
+        <x:v>578445</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>315</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>51</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>578445</x:v>
+        <x:v>573272</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>309</x:v>
-[...1 lines deleted...]
-      <x:c r="C109" s="3" t="s"/>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C109" s="3" t="n">
+        <x:v>36838</x:v>
+      </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="J109" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>44096</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>573272</x:v>
+        <x:v>527817</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>36838</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>527817</x:v>
+        <x:v>580210</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>580210</x:v>
+        <x:v>567002</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>567002</x:v>
+        <x:v>528752</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>528752</x:v>
+        <x:v>531595</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>294</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>51</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44096</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>531595</x:v>
+        <x:v>615078</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>309</x:v>
-[...1 lines deleted...]
-      <x:c r="C115" s="3" t="s"/>
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C115" s="3" t="n">
+        <x:v>39539</x:v>
+      </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>295</x:v>
-[...2 lines deleted...]
-        <x:v>296</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="J115" s="0" t="s">
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>44096</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>615078</x:v>
+        <x:v>578421</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>527808</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>527812</x:v>
+        <x:v>580212</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>558665</x:v>
+        <x:v>527812</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>616990</x:v>
+        <x:v>558665</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>4505</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>531607</x:v>
+        <x:v>567005</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="U120" s="16" t="s">
         <x:v>320</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>527809</x:v>
+        <x:v>558664</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>4505</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>528751</x:v>
+        <x:v>527809</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>578446</x:v>
+        <x:v>528751</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>616996</x:v>
+        <x:v>616990</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>4505</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>616997</x:v>
+        <x:v>531607</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>567005</x:v>
+        <x:v>578446</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>320</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>580212</x:v>
+        <x:v>616996</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>573380</x:v>
+        <x:v>616997</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>573357</x:v>
+        <x:v>573382</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>573767</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>573382</x:v>
+        <x:v>573361</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>573361</x:v>
+        <x:v>573380</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>573378</x:v>
+        <x:v>573357</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>573381</x:v>
+        <x:v>573378</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>573383</x:v>
+        <x:v>573381</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>573379</x:v>
+        <x:v>573383</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
-      <x:c r="E137" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G137" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>573768</x:v>
+        <x:v>573379</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>342</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
-        <x:v>37151</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s"/>
+      <x:c r="E138" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>344</x:v>
-[...1 lines deleted...]
-      <x:c r="H138" s="14" t="s"/>
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s">
+        <x:v>338</x:v>
+      </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>616039</x:v>
+        <x:v>573768</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>347</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>346</x:v>
-[...1 lines deleted...]
-      <x:c r="C139" s="3" t="s"/>
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C139" s="3" t="n">
+        <x:v>37151</x:v>
+      </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="J139" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>614478</x:v>
+        <x:v>616039</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>349</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>350</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>606681</x:v>
+        <x:v>614478</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>606684</x:v>
+        <x:v>606681</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>606685</x:v>
+        <x:v>606684</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>606679</x:v>
+        <x:v>606685</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>606686</x:v>
+        <x:v>606679</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>606683</x:v>
+        <x:v>606686</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>359</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>294</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
-        <x:v>361</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>592294</x:v>
+        <x:v>606683</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>592293</x:v>
+        <x:v>592294</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>596811</x:v>
+        <x:v>592293</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>36939</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
-      <x:c r="E149" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>551972</x:v>
+        <x:v>596811</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>502698</x:v>
+        <x:v>551972</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
-        <x:v>39539</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
+      <x:c r="E151" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>578414</x:v>
+        <x:v>502698</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>578417</x:v>
+        <x:v>578414</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>578421</x:v>
+        <x:v>578417</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>578403</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>578407</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>578411</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>578412</x:v>
+        <x:v>578410</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>578415</x:v>
+        <x:v>578412</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>578418</x:v>
+        <x:v>578415</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>578419</x:v>
+        <x:v>578418</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>578410</x:v>
+        <x:v>578419</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>578409</x:v>
+        <x:v>578404</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>44047</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>578405</x:v>
+        <x:v>578413</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>578406</x:v>
+        <x:v>578405</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>578408</x:v>
+        <x:v>578406</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>39539</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>578416</x:v>
+        <x:v>578408</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>578420</x:v>
+        <x:v>578416</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>39539</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>44047</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>578404</x:v>
+        <x:v>578420</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>39539</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44047</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>578413</x:v>
+        <x:v>578409</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
@@ -11676,221 +11677,221 @@
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>596702</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
-      <x:c r="E171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>528935</x:v>
+        <x:v>525217</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>498846</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
+      <x:c r="E173" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>525217</x:v>
+        <x:v>528935</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>380</x:v>
@@ -11901,293 +11902,294 @@
       <x:c r="K174" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>498845</x:v>
+        <x:v>547039</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
-      <x:c r="E175" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>547039</x:v>
+        <x:v>525207</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>525207</x:v>
+        <x:v>571391</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>36838</x:v>
+        <x:v>36836</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
+      <x:c r="E177" s="0" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="F177" s="0" t="s">
+        <x:v>291</x:v>
+      </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>571391</x:v>
+        <x:v>578947</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>36836</x:v>
+        <x:v>36838</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
-        <x:v>290</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>578947</x:v>
+        <x:v>498845</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36838</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
@@ -12214,69 +12216,69 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>599767</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -12289,125 +12291,125 @@
       <x:c r="U180" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>571390</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="U181" s="4" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>4505</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>525326</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
@@ -12846,94 +12848,94 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>546763</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>540593</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
@@ -12951,173 +12953,172 @@
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>509530</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
-      <x:c r="E193" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>605101</x:v>
+        <x:v>599050</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
-        <x:v>64</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
-      <x:c r="E194" s="14" t="s"/>
+      <x:c r="E194" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>599050</x:v>
+        <x:v>605101</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>402</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>43454</x:v>
@@ -13175,51 +13176,51 @@
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>601561</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
@@ -13464,51 +13465,51 @@
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>601560</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
@@ -13613,51 +13614,51 @@
         <x:v>64</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="G204" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
@@ -13670,51 +13671,51 @@
       <x:c r="U204" s="16" t="s">
         <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
@@ -13729,51 +13730,51 @@
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
@@ -14091,75 +14092,75 @@
       <x:c r="M212" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>43407</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>573293</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
@@ -14189,51 +14190,51 @@
       <x:c r="G214" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>486164</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
@@ -14246,51 +14247,51 @@
       <x:c r="G215" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>486615</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
@@ -14305,51 +14306,51 @@
       <x:c r="G216" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>519940</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
@@ -14362,156 +14363,156 @@
       <x:c r="G217" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>530371</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="G218" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>576123</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
@@ -14748,51 +14749,51 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>549585</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -14807,51 +14808,51 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>573456</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>90</x:v>
@@ -14880,92 +14881,92 @@
       <x:c r="U225" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>36836</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>574315</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42056</x:v>
@@ -14975,51 +14976,51 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>574061</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
@@ -15202,59 +15203,59 @@
       <x:c r="M231" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>549767</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -15269,51 +15270,51 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>583984</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
@@ -15447,51 +15448,51 @@
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>549768</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -15566,102 +15567,102 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>499703</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>586480</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -15840,70 +15841,70 @@
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>609519</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -15966,166 +15967,166 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>583633</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F245" s="0" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>583600</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="G246" s="14" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>583601</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>36704</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16162,126 +16163,126 @@
       <x:c r="U247" s="4" t="s">
         <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>36867</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>13175</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>578327</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>590118</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
@@ -16327,51 +16328,51 @@
       <x:c r="T250" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>40832</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>33024</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
@@ -16458,51 +16459,51 @@
       <x:c r="G253" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>576300</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
@@ -16529,51 +16530,51 @@
       <x:c r="K254" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>576333</x:v>
+        <x:v>576335</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
@@ -16586,51 +16587,51 @@
       <x:c r="K255" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>576334</x:v>
+        <x:v>576331</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
@@ -16645,51 +16646,51 @@
       <x:c r="K256" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>576331</x:v>
+        <x:v>576336</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
@@ -16702,51 +16703,51 @@
       <x:c r="K257" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>576336</x:v>
+        <x:v>576333</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
@@ -16761,337 +16762,337 @@
       <x:c r="K258" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>13237</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>576335</x:v>
+        <x:v>576334</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>40832</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>33024</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>580893</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>39040</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>581564</x:v>
+        <x:v>574939</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
-        <x:v>39696</x:v>
+        <x:v>39040</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>14256</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>574939</x:v>
+        <x:v>574965</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>524</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>525</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>574965</x:v>
+        <x:v>581564</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>581551</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
@@ -17336,51 +17337,51 @@
       <x:c r="K268" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>576234</x:v>
+        <x:v>576235</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
@@ -17393,51 +17394,51 @@
       <x:c r="K269" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>576235</x:v>
+        <x:v>576236</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
@@ -17452,51 +17453,51 @@
       <x:c r="K270" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>576236</x:v>
+        <x:v>576234</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>509</x:v>
@@ -17551,51 +17552,51 @@
       <x:c r="G272" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>13254</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>581231</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">