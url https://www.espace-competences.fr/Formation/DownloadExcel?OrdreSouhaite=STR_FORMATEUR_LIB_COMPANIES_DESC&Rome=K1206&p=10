--- v0 (2026-03-20)
+++ v1 (2026-03-20)
@@ -299,161 +299,161 @@
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de l'homme, anthropologie, ethnologie</x:t>
   </x:si>
   <x:si>
     <x:t>Anthropologie</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de l'éducation et de la formation</x:t>
   </x:si>
   <x:si>
     <x:t>Animation socioculturelle</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention sociologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sondage</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences sociales</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention sociologie</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>Découverte des métiers de la voile, de l'animation et du nautisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Union Française des Centres de Vacances et de Loisirs - Antenne Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UFCV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Voile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BAPAG - Les bases de l'animation auprès des personnes âgées</x:t>
   </x:si>
   <x:si>
-    <x:t>Union Française des Centres de Vacances et de Loisirs - Antenne Côte d'Azur</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Particulier, individuel , Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Animation personne âgée</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
-    <x:t>04/13/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Découverte des métiers de la voile, de l'animation et du nautisme</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>DEJEPS spécialité animation socio-éducative ou culturelle mention coordination de projets</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro animation - enfance et personnes âgées</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
@@ -764,71 +764,71 @@
   <x:si>
     <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Heures Libres de la Jeunesse - Institut Méditerranéen du Sport, de l'Animation et du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>HLJ - IMSAT</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Animation enfance et personnes âgées</x:t>
   </x:si>
   <x:si>
+    <x:t>Formatic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Découverte des métiers de l'animation, du sport et des loisirs</x:t>
   </x:si>
   <x:si>
-    <x:t>Formatic</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ARLES</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>DEJEPS spécialité animation socio-éducative ou culturelle mention coordination de projets (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation et de Recherche en Education Permanente - Fédération des Amis de l'Instruction Laïque</x:t>
   </x:si>
   <x:si>
     <x:t>CFREP - FAIL</x:t>
   </x:si>
   <x:si>
     <x:t>13005</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
@@ -989,96 +989,96 @@
   <x:si>
     <x:t>Animateur esport (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de la médiation par des approches artistiques et culturelles</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de l'éducation et de la formation parcours éducation et apprentissages à l'école primaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut National Supérieur du Professorat et de l'Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours conception et management de formations en hygiène sécurité et développement</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours rédacteur professionnel</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de l'éducation et de la formation parcours éducation et apprentissages à l'école primaire</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours métiers de la recherche et de l'expertise en éducation</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours responsable de formation</x:t>
   </x:si>
   <x:si>
     <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation parcours ingénierie pédagogique numérique</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de l'éducation et de la formation parcours sciences de l'éducation et de la formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention métiers de la médiation par des approches artistiques et culturelles</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 3e</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Licence mention sciences de l'éducation et de la formation parcours sciences de l'éducation et de la formation</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de l'Homme, anthropologie, ethnologie parcours sciences de l'Homme, anthropologie, ethnologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études culturelles parcours monde anglophone</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de l'éducation et de la formation parcours  formation d'adultes</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sociologie parcours sociologie</x:t>
   </x:si>
   <x:si>
     <x:t>Le travail d’équipe en EHPAD</x:t>
   </x:si>
   <x:si>
     <x:t>Adafmi</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>Agent contractuel de la fonction publique , Agent de la fonction publique , Agent de la fonction publique hospitalière , Agent de la fonction publique territoriale</x:t>
   </x:si>
@@ -2315,573 +2315,576 @@
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>595449</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="B14" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>35512</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
-      <x:c r="E14" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>554849</x:v>
+        <x:v>592216</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>39059</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
+      <x:c r="E15" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="G15" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H15" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>592011</x:v>
+        <x:v>554849</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>35512</x:v>
+        <x:v>39059</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>79</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>554850</x:v>
+        <x:v>592011</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>39059</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
+      <x:c r="E17" s="0" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="G17" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H17" s="0" t="s">
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>592012</x:v>
+        <x:v>554850</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38152</x:v>
+        <x:v>39059</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="H18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>581578</x:v>
+        <x:v>592012</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
-      <x:c r="E19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G19" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>603393</x:v>
+        <x:v>581578</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>39694</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>80</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>68</x:v>
-[...1 lines deleted...]
-      <x:c r="H20" s="14" t="s"/>
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="H20" s="14" t="s">
+        <x:v>82</x:v>
+      </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>11029</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>592216</x:v>
+        <x:v>603393</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>453827</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>603392</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -2993,277 +2996,277 @@
       <x:c r="J25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>596689</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s"/>
-      <x:c r="F26" s="14" t="s"/>
+      <x:c r="E26" s="14" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F26" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G26" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="L26" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M26" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N26" s="15" t="n">
+        <x:v>15493</x:v>
+      </x:c>
+      <x:c r="O26" s="14" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="P26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="L26" s="14" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>616420</x:v>
+        <x:v>583583</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>44089</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>616421</x:v>
+        <x:v>616420</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E28" s="14" t="s"/>
+      <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>15493</x:v>
+        <x:v>44089</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="P28" s="14" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="R28" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="S28" s="14" t="n">
+        <x:v>616421</x:v>
+      </x:c>
+      <x:c r="T28" s="16" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>583571</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
@@ -3404,103 +3407,103 @@
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>594099</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>564874</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -3531,69 +3534,69 @@
       <x:c r="R34" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>594095</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F35" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>583883</x:v>
       </x:c>
@@ -3878,75 +3881,75 @@
       <x:c r="S40" s="14" t="n">
         <x:v>594089</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>594101</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
@@ -4420,132 +4423,132 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>594094</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>588380</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>603468</x:v>
       </x:c>
@@ -4603,69 +4606,69 @@
       <x:c r="R53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>584171</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G54" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>583593</x:v>
       </x:c>
@@ -4710,77 +4713,77 @@
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>597132</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>41113</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>600979</x:v>
       </x:c>
@@ -4881,76 +4884,76 @@
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>617702</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>605471</x:v>
       </x:c>
@@ -5049,399 +5052,399 @@
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>557441</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C62" s="15" t="n">
+        <x:v>39930</x:v>
+      </x:c>
+      <x:c r="D62" s="15" t="s"/>
+      <x:c r="E62" s="14" t="s"/>
+      <x:c r="F62" s="14" t="s"/>
+      <x:c r="G62" s="14" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...9 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="J62" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="K62" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L62" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M62" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N62" s="15" t="n">
+        <x:v>32135</x:v>
+      </x:c>
+      <x:c r="O62" s="14" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="P62" s="14" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="Q62" s="16" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="R62" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="J62" s="14" t="s"/>
-[...23 lines deleted...]
-      </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>583752</x:v>
+        <x:v>581990</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
+      <x:c r="E63" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="F63" s="0" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="G63" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="I63" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="I63" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>32135</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="Q63" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="Q63" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R63" s="0" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="S63" s="0" t="n">
+        <x:v>583752</x:v>
+      </x:c>
+      <x:c r="T63" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="S63" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T63" s="4" t="s">
+      <x:c r="U63" s="4" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="Q64" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="Q64" s="16" t="s">
+      <x:c r="R64" s="14" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>581991</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F65" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="I65" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="I65" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="Q65" s="4" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>583753</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>231</x:v>
-[...1 lines deleted...]
-      <x:c r="C66" s="15" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C66" s="15" t="n">
+        <x:v>39930</x:v>
+      </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G66" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="J66" s="14" t="s"/>
+      <x:c r="J66" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="Q66" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="Q66" s="16" t="s">
+      <x:c r="R66" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="R66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>583714</x:v>
+        <x:v>583700</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="J67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>32135</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="Q67" s="4" t="s">
+      <x:c r="R67" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="R67" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>583700</x:v>
+        <x:v>583714</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -5459,335 +5462,335 @@
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>597133</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>497057</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>497058</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>497059</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>605567</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>553023</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -5797,51 +5800,51 @@
       <x:c r="L74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>572355</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -5916,195 +5919,195 @@
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>572471</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>572734</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G78" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>583712</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>4900</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>514724</x:v>
       </x:c>
@@ -6154,444 +6157,444 @@
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>526663</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>605839</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>549872</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>496469</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="G84" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>583557</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>605838</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>555705</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>496465</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
@@ -6636,73 +6639,73 @@
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>615909</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37427</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>546848</x:v>
       </x:c>
@@ -6753,79 +6756,79 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>592802</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39694</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>592217</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
@@ -6864,383 +6867,383 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>615908</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>39698</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>14224</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>592205</x:v>
+        <x:v>592801</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>38185</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>595450</x:v>
+        <x:v>592205</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>40987</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>32096</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>592801</x:v>
+        <x:v>595450</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>38152</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>44035</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>575933</x:v>
+        <x:v>581335</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>575936</x:v>
+        <x:v>575933</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>38185</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>581335</x:v>
+        <x:v>575936</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7250,54 +7253,54 @@
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>575934</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
@@ -7309,54 +7312,54 @@
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>575935</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7366,170 +7369,170 @@
       <x:c r="L101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>575937</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>40987</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>32096</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>581320</x:v>
+        <x:v>575731</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>38185</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>575731</x:v>
+        <x:v>581320</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39698</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
@@ -7541,54 +7544,54 @@
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>14224</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>575732</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>34838</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7598,113 +7601,113 @@
       <x:c r="L105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>575798</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40987</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>32096</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>581319</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38185</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7714,113 +7717,113 @@
       <x:c r="L107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>575730</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>39694</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>11029</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>575734</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>34838</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -7830,80 +7833,80 @@
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>575799</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>32130</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>623053</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>332</x:v>
       </x:c>