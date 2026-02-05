--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -191,62 +191,62 @@
   <x:si>
     <x:t>Massage ayurvédique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>Yoann Fonte</x:t>
   </x:si>
   <x:si>
     <x:t>06370</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir masseur bien-être</x:t>
   </x:si>
   <x:si>
+    <x:t>Les massages du monde</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage enfant (de 2 à 12 ans)</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie plantaire chinoise</x:t>
   </x:si>
   <x:si>
     <x:t>Les bases du massage bien-être</x:t>
   </x:si>
   <x:si>
-    <x:t>Les massages du monde</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Réflexologie palmaire énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Chinois - Tui Na bien-être - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Hawaïen Lomi Lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en élixirs floraux - Fleurs de Bach - Accompagnement des émotions</x:t>
   </x:si>
   <x:si>
     <x:t>Phytothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en phytologie - Huiles essentielles et végétales - Hydrolats - Bourgeons et Infusions - Fleurs de Bach</x:t>
   </x:si>
   <x:si>
     <x:t>Massage amma assis</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bébé Shantala</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Deep Tissue - Niveau 1</x:t>
@@ -425,65 +425,65 @@
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement relationnel et massage - Relation d'aide par le toucher pour les personnes âgées</x:t>
   </x:si>
   <x:si>
     <x:t>Une Porte Vers Soi</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Unamano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage bien-être Californien</x:t>
   </x:si>
   <x:si>
-    <x:t>Unamano</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Massage ayurvédique</x:t>
   </x:si>
   <x:si>
     <x:t>Drainage lymphatique</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Chi Nei Tsang</x:t>
   </x:si>
   <x:si>
     <x:t>Le protocole Zénith</x:t>
   </x:si>
   <x:si>
     <x:t>Anatomie palpatoire</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>U Man Training</x:t>
@@ -596,167 +596,167 @@
   <x:si>
     <x:t>Terre de Lune</x:t>
   </x:si>
   <x:si>
     <x:t>TDL</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Art thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Art-thérapeute en mouvement</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Intervenant spa et bien-être BC4 déployer une activité de spa et bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esthétique soin corporel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Tuina du dos</x:t>
   </x:si>
   <x:si>
-    <x:t>Temana</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Intervenant spa et bien-être BC4 déployer une activité de spa et bien-être</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Massage Shiatsu</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
   </x:si>
   <x:si>
+    <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage crânien indien Shirotchampi</x:t>
   </x:si>
   <x:si>
+    <x:t>Intervenant spa et bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Oriental</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relaxation coréenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Tuina Minceur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intervenant spa et bien-être BC1 contribuer à l’animation de l’espace de vente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Ayurvedique Abhyanga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bols Tibétains</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réflexologie plantaire thaïlandaise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage lomi lomi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Minceur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage suédois Deep Tissue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thaïlandais à l'huile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation en apprentissage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intervenant spa et bien-être (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masseur bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Forme et Minceur</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage lomi lomi</x:t>
-[...73 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Madéro'fit</x:t>
   </x:si>
   <x:si>
     <x:t>Sylvie Forest - Massage Sylvie &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>71000</x:t>
   </x:si>
   <x:si>
     <x:t>LA MOLE</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
@@ -1022,77 +1022,77 @@
   <x:si>
     <x:t>12/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médiateur artistique : organiser et conduire un atelier de médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Profac</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (1 année)</x:t>
   </x:si>
   <x:si>
     <x:t>Module d’acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Enseignant , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Module d’acquisition de compétences en danse-thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Autre public , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/02/2024 00:00:00</x:t>
+    <x:t>Animer un atelier de ludothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (2 années)</x:t>
   </x:si>
   <x:si>
-    <x:t>Animer un atelier de ludothérapie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Pilates - Utilisation du petit matériel</x:t>
   </x:si>
   <x:si>
     <x:t>Prepa-Sports Pro</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Gymnastique douce</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pilates pour seniors</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage sportif</x:t>
@@ -1403,95 +1403,95 @@
   <x:si>
     <x:t>Julien Allaire</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pratique des fondamentaux de la Sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de sophrologie Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>05/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/26/2025 00:00:00</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Dubarry Academy</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être Suédois</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Madérothérapie visage et corps</x:t>
@@ -1703,56 +1703,56 @@
   <x:si>
     <x:t>Réfléxologie plantaire</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation du Sud Est</x:t>
   </x:si>
   <x:si>
     <x:t>83440</x:t>
   </x:si>
   <x:si>
     <x:t>Femme</x:t>
   </x:si>
   <x:si>
     <x:t>TOURRETTES</x:t>
   </x:si>
   <x:si>
     <x:t>11/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/14/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Danse avec bébé</x:t>
   </x:si>
   <x:si>
     <x:t>Céline Grisoni</x:t>
   </x:si>
   <x:si>
     <x:t>A corps d'elles</x:t>
   </x:si>
   <x:si>
     <x:t>83660</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SUZE LA ROUSSE</x:t>
@@ -1787,86 +1787,86 @@
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en gestion du mental Naturopathe ayurvédique</x:t>
   </x:si>
   <x:si>
     <x:t>Ayur Natur Formations</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pratique des piliers de la santé et des techniques de pareeksha selon l’ayurvéda</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en Dravyaguna et phytothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseiller en nutrition naturopathe ayurvédique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Psychologie ayuvédique</x:t>
   </x:si>
   <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseiller en nutrition et gestion du mental - naturopathe ayurvédique niveau 1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/29/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2027 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Arche Formation</x:t>
@@ -1898,59 +1898,59 @@
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en hypnose conversationnelle</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/07/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Andralian</x:t>
   </x:si>
   <x:si>
     <x:t>IFS</x:t>
   </x:si>
   <x:si>
     <x:t>75003</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologue</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
@@ -2177,59 +2177,59 @@
   <x:si>
     <x:t>Irfat</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé Jacquet</x:t>
   </x:si>
   <x:si>
     <x:t>IEPA</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Particulier, individuel , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>03/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/04/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>03/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine traditionnelle chinoise</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Médecine Tradition Chinoise</x:t>
   </x:si>
   <x:si>
     <x:t>IMTC</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2022 00:00:00</x:t>
@@ -2288,57 +2288,57 @@
   <x:si>
     <x:t>I et M Académie</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>Scénothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-GENIEZ</x:t>
   </x:si>
   <x:si>
     <x:t>Hippocratus</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir Sophrologue</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse des besoins corporels et émotionnels</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la naturopathie</x:t>
   </x:si>
@@ -3649,51 +3649,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>579377</x:v>
+        <x:v>604528</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>34</x:v>
@@ -3702,100 +3702,100 @@
       <x:c r="K6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>577478</x:v>
+        <x:v>579377</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>603664</x:v>
+        <x:v>577478</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>34</x:v>
@@ -3804,51 +3804,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>604528</x:v>
+        <x:v>603664</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
@@ -5724,393 +5724,393 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>589555</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q46" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="Q46" s="16" t="s">
+      <x:c r="R46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="R46" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>510287</x:v>
+        <x:v>543611</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="I47" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="I47" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q47" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="Q47" s="4" t="s">
+      <x:c r="R47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="R47" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>543611</x:v>
+        <x:v>510287</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q48" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="Q48" s="16" t="s">
+      <x:c r="R48" s="14" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>510289</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>42001</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="Q49" s="4" t="s">
+      <x:c r="R49" s="0" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>510254</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q50" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="Q50" s="16" t="s">
+      <x:c r="R50" s="14" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>510312</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="I51" s="4" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q51" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="Q51" s="4" t="s">
+      <x:c r="R51" s="0" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>543919</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
-      <x:c r="Q52" s="16" t="s">
+      <x:c r="R52" s="14" t="s">
         <x:v>120</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>121</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>543596</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>132</x:v>
@@ -6389,145 +6389,145 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>566057</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>583218</x:v>
+        <x:v>586349</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>586349</x:v>
+        <x:v>583218</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>35</x:v>
@@ -6853,247 +6853,246 @@
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>611592</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C68" s="15" t="s"/>
+      <x:c r="C68" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J68" s="14" t="s"/>
+      <x:c r="J68" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>555357</x:v>
+        <x:v>546887</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>546887</x:v>
+        <x:v>555357</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>551192</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>551195</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
@@ -7102,2723 +7101,2723 @@
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>551217</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>551404</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>546880</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C75" s="3" t="s"/>
+      <x:c r="C75" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
+      <x:c r="J75" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>551405</x:v>
+        <x:v>546882</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>118</x:v>
-[...1 lines deleted...]
-      <x:c r="C76" s="15" t="s"/>
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C76" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J76" s="14" t="s"/>
+      <x:c r="J76" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>551186</x:v>
+        <x:v>546888</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>551198</x:v>
+        <x:v>551405</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>188</x:v>
-[...1 lines deleted...]
-      <x:c r="C78" s="15" t="s"/>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C78" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J78" s="14" t="s"/>
+      <x:c r="J78" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>551214</x:v>
+        <x:v>546860</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="C79" s="3" t="s"/>
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C79" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
+      <x:c r="J79" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>551305</x:v>
+        <x:v>546879</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>551373</x:v>
+        <x:v>555359</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>551401</x:v>
+        <x:v>551163</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>546860</x:v>
+        <x:v>551185</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>186</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J83" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>546879</x:v>
+        <x:v>551207</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>555359</x:v>
+        <x:v>551390</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>193</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J85" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>546882</x:v>
+        <x:v>551397</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>180</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J86" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>546888</x:v>
+        <x:v>551415</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>53</x:v>
-[...1 lines deleted...]
-      <x:c r="C87" s="3" t="s"/>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C87" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
+      <x:c r="J87" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>551163</x:v>
+        <x:v>608293</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>118</x:v>
-[...1 lines deleted...]
-      <x:c r="C88" s="15" t="s"/>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C88" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J88" s="14" t="s"/>
+      <x:c r="J88" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>551185</x:v>
+        <x:v>608296</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>125</x:v>
-[...1 lines deleted...]
-      <x:c r="C89" s="3" t="s"/>
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C89" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
+      <x:c r="J89" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>551207</x:v>
+        <x:v>546858</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>195</x:v>
-[...1 lines deleted...]
-      <x:c r="C90" s="15" t="s"/>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C90" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J90" s="14" t="s"/>
+      <x:c r="J90" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>551390</x:v>
+        <x:v>546870</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>191</x:v>
-[...1 lines deleted...]
-      <x:c r="C91" s="3" t="s"/>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C91" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
+      <x:c r="J91" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>551397</x:v>
+        <x:v>546874</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>551415</x:v>
+        <x:v>551184</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>608293</x:v>
+        <x:v>551191</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J94" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>608296</x:v>
+        <x:v>551194</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>192</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J95" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>546858</x:v>
+        <x:v>551199</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>200</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J96" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>546870</x:v>
+        <x:v>551206</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>200</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>546874</x:v>
+        <x:v>551208</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>551184</x:v>
+        <x:v>551212</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>551191</x:v>
+        <x:v>551213</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>551194</x:v>
+        <x:v>551304</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>551199</x:v>
+        <x:v>551369</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>551206</x:v>
+        <x:v>551406</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>551208</x:v>
+        <x:v>551407</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>551212</x:v>
+        <x:v>551411</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>203</x:v>
-[...1 lines deleted...]
-      <x:c r="C105" s="3" t="s"/>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C105" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D105" s="3" t="s"/>
+      <x:c r="E105" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>551213</x:v>
+        <x:v>608390</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>189</x:v>
-[...1 lines deleted...]
-      <x:c r="C106" s="15" t="s"/>
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C106" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J106" s="14" t="s"/>
+      <x:c r="J106" s="14" t="s">
+        <x:v>178</x:v>
+      </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>551304</x:v>
+        <x:v>546881</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>551369</x:v>
+        <x:v>579985</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>551406</x:v>
+        <x:v>551186</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>551407</x:v>
+        <x:v>551198</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>551411</x:v>
+        <x:v>551214</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>207</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
-      <x:c r="E111" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J111" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>608390</x:v>
+        <x:v>551305</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>193</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="J112" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>546881</x:v>
+        <x:v>551373</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>551197</x:v>
+        <x:v>551401</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>551193</x:v>
+        <x:v>551197</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>551216</x:v>
+        <x:v>551193</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>551403</x:v>
+        <x:v>551216</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>579985</x:v>
+        <x:v>551403</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>546861</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B119" s="0" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>207</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>608388</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="U119" s="4" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>546857</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>551161</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>551205</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>551218</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
@@ -9827,255 +9826,255 @@
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>551338</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>551341</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>551389</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>551410</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>551416</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>68</x:v>
@@ -10091,51 +10090,51 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>589929</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -11524,51 +11523,51 @@
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>535904</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s"/>
       <x:c r="K158" s="14" t="s">
@@ -11588,389 +11587,389 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>614716</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>564158</x:v>
+        <x:v>495568</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>598671</x:v>
+        <x:v>564158</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>495568</x:v>
+        <x:v>598671</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>598666</x:v>
+        <x:v>564162</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>495575</x:v>
+        <x:v>598666</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>564162</x:v>
+        <x:v>495575</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>616898</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
@@ -11979,100 +11978,100 @@
         <x:v>328</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>599170</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>43019</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>611847</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
@@ -12081,51 +12080,51 @@
         <x:v>328</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>589567</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>277</x:v>
@@ -12404,247 +12403,247 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>575830</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>611928</x:v>
+        <x:v>612767</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>612767</x:v>
+        <x:v>612768</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>350</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>612768</x:v>
+        <x:v>575803</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>575803</x:v>
+        <x:v>611928</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>35</x:v>
@@ -13252,51 +13251,51 @@
       <x:c r="I191" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>587854</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
@@ -13305,100 +13304,100 @@
         <x:v>391</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>587861</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>587863</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
@@ -13407,51 +13406,51 @@
         <x:v>396</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>473727</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>400</x:v>
@@ -13773,199 +13772,199 @@
       <x:c r="M201" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>597820</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>507977</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>508016</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>537595</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>396</x:v>
@@ -14075,51 +14074,51 @@
       <x:c r="K207" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>551477</x:v>
+        <x:v>551476</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>442</x:v>
@@ -14128,100 +14127,100 @@
       <x:c r="K208" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>551476</x:v>
+        <x:v>602499</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>602499</x:v>
+        <x:v>602502</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>442</x:v>
@@ -14230,100 +14229,100 @@
       <x:c r="K210" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>602502</x:v>
+        <x:v>602500</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>602500</x:v>
+        <x:v>602498</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>442</x:v>
@@ -14332,156 +14331,156 @@
       <x:c r="K212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>602498</x:v>
+        <x:v>551478</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>551478</x:v>
+        <x:v>551479</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="U213" s="4" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>551479</x:v>
+        <x:v>551477</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>68</x:v>
@@ -14550,145 +14549,145 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>615124</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>586748</x:v>
+        <x:v>586745</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>466</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>586745</x:v>
+        <x:v>586748</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>35</x:v>
@@ -14947,62 +14946,62 @@
       <x:c r="L224" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>586740</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
@@ -15043,109 +15042,109 @@
         <x:v>460</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>586750</x:v>
+        <x:v>586749</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
+        <x:v>438</x:v>
+      </x:c>
+      <x:c r="U226" s="16" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>586749</x:v>
+        <x:v>586750</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s"/>
       <x:c r="K228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
@@ -16030,51 +16029,51 @@
       <x:c r="I245" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>542236</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
@@ -16083,51 +16082,51 @@
         <x:v>538</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>542237</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>538</x:v>
@@ -16135,150 +16134,150 @@
       <x:c r="K247" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>587882</x:v>
+        <x:v>587881</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="U247" s="4" t="s">
         <x:v>544</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>587881</x:v>
+        <x:v>587882</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>545</x:v>
+        <x:v>544</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>542235</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="C250" s="15" t="s"/>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
@@ -16717,398 +16716,398 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>580292</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>572176</x:v>
+        <x:v>616118</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>572</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>616118</x:v>
+        <x:v>572177</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>574</x:v>
+        <x:v>568</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>572177</x:v>
+        <x:v>616116</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>565</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>616116</x:v>
+        <x:v>616115</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>616115</x:v>
+        <x:v>616123</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>572</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>616123</x:v>
+        <x:v>516459</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>516459</x:v>
+        <x:v>572176</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -17370,51 +17369,51 @@
       <x:c r="I271" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>580509</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
@@ -17423,51 +17422,51 @@
         <x:v>593</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>580510</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>593</x:v>
@@ -17525,51 +17524,51 @@
         <x:v>593</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>580520</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>593</x:v>
@@ -17676,51 +17675,51 @@
       <x:c r="I277" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>581476</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
@@ -17729,357 +17728,357 @@
         <x:v>593</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>579932</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>580514</x:v>
+        <x:v>599685</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>599685</x:v>
+        <x:v>580514</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>591</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>599687</x:v>
+        <x:v>579942</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>579938</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>607</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>579942</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>611</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>585384</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>612</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>614</x:v>
@@ -18152,97 +18151,97 @@
       <x:c r="L286" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>428251</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>520789</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>620</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
@@ -18461,51 +18460,51 @@
       <x:c r="L292" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>616356</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>68</x:v>
@@ -18668,51 +18667,51 @@
       <x:c r="M296" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>520570</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -18722,51 +18721,51 @@
       <x:c r="M297" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>596275</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
@@ -18886,51 +18885,51 @@
       <x:c r="J300" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>575693</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38992</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
@@ -18943,51 +18942,51 @@
       <x:c r="J301" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>14405</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>575692</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
@@ -18996,100 +18995,100 @@
         <x:v>655</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>573860</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>573267</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>657</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
@@ -19098,330 +19097,330 @@
         <x:v>655</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>573270</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>660</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>543790</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>664</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>587316</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>545825</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>545827</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>34921</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42020</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>545823</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
@@ -19532,100 +19531,100 @@
         <x:v>655</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>499608</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
         <x:v>614360</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
@@ -19634,51 +19633,51 @@
         <x:v>655</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>614342</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>685</x:v>
@@ -19745,51 +19744,51 @@
       <x:c r="M316" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>529778</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>69</x:v>
@@ -20047,164 +20046,164 @@
       <x:c r="K322" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>572416</x:v>
+        <x:v>490425</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>447</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>490425</x:v>
+        <x:v>490437</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="U323" s="4" t="s">
         <x:v>703</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>449</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>490437</x:v>
+        <x:v>572416</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>68</x:v>
@@ -20267,51 +20266,51 @@
       <x:c r="M326" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>572418</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>68</x:v>
@@ -20834,51 +20833,51 @@
       <x:c r="M337" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>14406</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>616424</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
@@ -20906,183 +20905,183 @@
         <x:v>580115</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>737</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
-        <x:v>736</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>540642</x:v>
+        <x:v>548357</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>739</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>548727</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>548357</x:v>
+        <x:v>540642</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>371</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
@@ -21190,100 +21189,100 @@
       <x:c r="L344" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>574190</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>574194</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>747</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
@@ -21598,51 +21597,51 @@
       <x:c r="L352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>574192</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>739</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>26</x:v>
@@ -21694,51 +21693,51 @@
         <x:v>732</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>616264</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>763</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>764</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>396</x:v>
@@ -21798,51 +21797,51 @@
         <x:v>768</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
         <x:v>576859</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>767</x:v>
@@ -21905,51 +21904,51 @@
         <x:v>768</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>576839</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>767</x:v>
@@ -21957,51 +21956,51 @@
       <x:c r="I359" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>576870</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
@@ -22012,51 +22011,51 @@
         <x:v>768</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>576835</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>767</x:v>
@@ -22226,51 +22225,51 @@
         <x:v>768</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>576876</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>767</x:v>
@@ -23134,51 +23133,51 @@
       <x:c r="I381" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>576827</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
@@ -23296,51 +23295,51 @@
         <x:v>768</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>576863</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>767</x:v>
@@ -23455,51 +23454,51 @@
       <x:c r="I387" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>576810</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
@@ -24136,62 +24135,62 @@
       <x:c r="L400" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>586565</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>447</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
@@ -24392,51 +24391,51 @@
       <x:c r="M405" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>600759</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>800</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
@@ -24695,51 +24694,51 @@
       <x:c r="L411" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>571122</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
@@ -24748,51 +24747,51 @@
       <x:c r="L412" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>581290</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>68</x:v>
@@ -24925,51 +24924,51 @@
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>829</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>615222</x:v>
       </x:c>
@@ -25103,51 +25102,51 @@
       <x:c r="L419" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
         <x:v>615219</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>576</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
@@ -25156,73 +25155,73 @@
       <x:c r="L420" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>615228</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>615211</x:v>
       </x:c>
@@ -25231,51 +25230,51 @@
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>615214</x:v>
       </x:c>
@@ -25354,51 +25353,51 @@
         <x:v>328</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s"/>
       <x:c r="K424" s="14" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>586607</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>844</x:v>
@@ -25511,51 +25510,51 @@
       <x:c r="L427" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>616440</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>741</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C428" s="15" t="s"/>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s"/>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s"/>
       <x:c r="I428" s="16" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s"/>
       <x:c r="K428" s="14" t="s">
@@ -25613,54 +25612,54 @@
       <x:c r="L429" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>616460</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="U429" s="4" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
@@ -25726,145 +25725,145 @@
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>616439</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>856</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
-        <x:v>568603</x:v>
+        <x:v>616459</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>858</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C433" s="3" t="s"/>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="G433" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>843</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>844</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
         <x:v>845</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
-        <x:v>616459</x:v>
+        <x:v>568603</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
-        <x:v>568</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>858</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C434" s="15" t="s"/>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s"/>
       <x:c r="F434" s="14" t="s"/>
       <x:c r="G434" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H434" s="14" t="s"/>
       <x:c r="I434" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J434" s="14" t="s"/>
       <x:c r="K434" s="14" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
@@ -25892,51 +25891,51 @@
         <x:v>570661</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>579683</x:v>
       </x:c>
@@ -25966,100 +25965,100 @@
         <x:v>860</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>598479</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="C437" s="3" t="s"/>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>598448</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
@@ -26251,153 +26250,153 @@
       </x:c>
       <x:c r="U441" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="C442" s="15" t="s"/>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s"/>
       <x:c r="K442" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
         <x:v>598447</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>579680</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>863</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="C444" s="15" t="s"/>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s"/>
       <x:c r="K444" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>598446</x:v>
       </x:c>
@@ -26476,100 +26475,100 @@
         <x:v>860</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>598456</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="C447" s="3" t="s"/>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>598468</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C448" s="15" t="s"/>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
@@ -26729,51 +26728,51 @@
       <x:c r="I451" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
         <x:v>598461</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C452" s="15" t="s"/>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
@@ -26810,51 +26809,51 @@
         <x:v>598472</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="C453" s="3" t="s"/>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>601891</x:v>
       </x:c>
@@ -26863,51 +26862,51 @@
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>864</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s"/>
       <x:c r="K454" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>598449</x:v>
       </x:c>
@@ -26986,415 +26985,415 @@
         <x:v>860</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s"/>
       <x:c r="K456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>598452</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
-        <x:v>862</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="C457" s="3" t="s"/>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>579681</x:v>
+        <x:v>598396</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
-        <x:v>863</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>862</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>579682</x:v>
+        <x:v>598453</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>863</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>864</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>598396</x:v>
+        <x:v>598460</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>269</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
-        <x:v>865</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C460" s="15" t="s"/>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s"/>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s"/>
       <x:c r="K460" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>598453</x:v>
+        <x:v>598463</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C461" s="3" t="s"/>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="G461" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>598460</x:v>
+        <x:v>598466</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>866</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="C462" s="15" t="s"/>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s"/>
       <x:c r="K462" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>598463</x:v>
+        <x:v>579681</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
-        <x:v>866</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>598466</x:v>
+        <x:v>579682</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>847</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
@@ -27562,300 +27561,300 @@
       </x:c>
       <x:c r="P467" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
         <x:v>598480</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
-        <x:v>867</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C468" s="15" t="s"/>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s"/>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s"/>
       <x:c r="K468" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
-        <x:v>43444</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
-        <x:v>341</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>601894</x:v>
+        <x:v>598474</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>868</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>869</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
-        <x:v>867</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="C469" s="3" t="s"/>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>601896</x:v>
+        <x:v>598475</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>868</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>869</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>867</x:v>
       </x:c>
       <x:c r="C470" s="15" t="s"/>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s"/>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s"/>
       <x:c r="K470" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>601897</x:v>
+        <x:v>601894</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>868</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>501</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
-        <x:v>598474</x:v>
+        <x:v>601896</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>501</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C472" s="15" t="s"/>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s"/>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s"/>
       <x:c r="K472" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>598475</x:v>
+        <x:v>601897</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>869</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="C473" s="3" t="s"/>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="G473" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>35</x:v>
@@ -27962,149 +27961,149 @@
       <x:c r="M475" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>871</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>872</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>610248</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="C476" s="15" t="s"/>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="I476" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s"/>
       <x:c r="K476" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>559482</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C477" s="3" t="s"/>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="G477" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="H477" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
         <x:v>559483</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="C478" s="15" t="s"/>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>878</x:v>
       </x:c>
@@ -28115,57 +28114,57 @@
         <x:v>655</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
         <x:v>570551</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>882</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>68</x:v>
@@ -28534,51 +28533,51 @@
       <x:c r="L486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>897</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
         <x:v>533559</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>25</x:v>
@@ -28639,51 +28638,51 @@
       <x:c r="L488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>543922</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>910</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>26</x:v>
@@ -28793,51 +28792,51 @@
       <x:c r="M491" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>908</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>614509</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
@@ -28952,51 +28951,51 @@
       <x:c r="M494" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
         <x:v>544589</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>703</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>35</x:v>
@@ -29054,70 +29053,70 @@
       <x:c r="M496" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>915</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>916</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>616384</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>923</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>575160</x:v>
       </x:c>
@@ -29126,100 +29125,100 @@
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>929</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>598379</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>926</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>927</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>575157</x:v>
       </x:c>