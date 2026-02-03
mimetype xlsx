--- v0 (2025-12-13)
+++ v1 (2026-02-03)
@@ -209,78 +209,78 @@
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2031 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ostéopathe</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation en Ostéopathie du Grand Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>IFO-GA</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2030 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2025 00:00:00</x:t>
-[...8 lines deleted...]
-    <x:t>06/30/2029 00:00:00</x:t>
+    <x:t>Collège ostéopathique de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Collège ostéopathique</x:t>
   </x:si>
   <x:si>
-    <x:t>13001</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 1er</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'ostéopathie ATMAN</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
@@ -932,316 +932,316 @@
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>593737</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
-        <x:v>34258</x:v>
+        <x:v>37257</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>319147</x:v>
+        <x:v>574197</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>37257</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>574197</x:v>
+        <x:v>546687</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
-        <x:v>37257</x:v>
+        <x:v>34258</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>546687</x:v>
+        <x:v>319147</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>593735</x:v>
+        <x:v>593736</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>43443</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>593736</x:v>
+        <x:v>593735</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>25</x:v>