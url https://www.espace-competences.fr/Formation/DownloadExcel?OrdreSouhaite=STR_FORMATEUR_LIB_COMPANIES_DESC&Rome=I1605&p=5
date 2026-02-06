--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -593,57 +593,57 @@
   <x:si>
     <x:t>10/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser la maintenance des motorisations marines des bateaux de plaisance - Bloc de compétences du titre professionnel Mécanicien réparateur en marine de plaisance</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel mécanicien réparateur en marine de plaisance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Titre professionnel mécanicien réparateur en marine de plaisance</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
@@ -4817,380 +4817,382 @@
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>579825</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
+      <x:c r="E65" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F65" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>570913</x:v>
+        <x:v>583866</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E66" s="14" t="s"/>
+      <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>583866</x:v>
+        <x:v>570913</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>571544</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>589736</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>579820</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>551785</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>