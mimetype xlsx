--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -389,80 +389,80 @@
   <x:si>
     <x:t>LP J Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>LP J Dolle</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro électromécanicien marine</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique navale</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de mécanicien 750 kW</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut pour l'Etude et l'Intégration des Nouvelles Techniques et Technologies</x:t>
   </x:si>
   <x:si>
     <x:t>INSEIT</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Maitriser les diagnostics Mercury Mercruiser</x:t>
   </x:si>
   <x:si>
     <x:t>Hsce</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Maintenance nautique</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet d'officier chef de quart machine</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure Maritime - Antenne Marseille</x:t>
@@ -503,138 +503,138 @@
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Brevet de mécanicien 750 Kw module sensibilisation maintenance hydrogène</x:t>
   </x:si>
   <x:si>
     <x:t>Sud Prévention Sécurité - Groupe ECF</x:t>
   </x:si>
   <x:si>
     <x:t>SPS 13</x:t>
   </x:si>
   <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur - Inb - Institut du Nautisme</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLEFRANCHE SUR MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mécanicien nautique (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACPM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-13e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aftral - Antenne Marseille - CFA Régional Transport Logistique PACA</x:t>
   </x:si>
   <x:si>
-    <x:t>Association de Formation pour la Coopération et la Promotion Professionnelle Méditerranéenne</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>ACPM</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Mécanicien réparateur en marine de plaisance</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réaliser la maintenance des motorisations marines des bateaux de plaisance - Bloc de compétences du titre professionnel Mécanicien réparateur en marine de plaisance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/28/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2027 00:00:00</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - ACCES A L'EMPLOI</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel mécanicien réparateur en marine de plaisance</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -2378,154 +2378,154 @@
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>597096</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>37698</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>597105</x:v>
+        <x:v>597097</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>597097</x:v>
+        <x:v>597105</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -2771,159 +2771,157 @@
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>597100</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39702</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
-      <x:c r="E30" s="14" t="s"/>
-      <x:c r="F30" s="14" t="s"/>
+      <x:c r="E30" s="14" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F30" s="14" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="G30" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>583407</x:v>
+        <x:v>583629</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39702</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
-      <x:c r="E31" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G31" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>583629</x:v>
+        <x:v>583407</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
@@ -3508,100 +3506,100 @@
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>574853</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>5860</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>448678</x:v>
+        <x:v>553192</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>68</x:v>
@@ -3612,359 +3610,359 @@
       <x:c r="K44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>604179</x:v>
+        <x:v>553216</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>37698</x:v>
+        <x:v>5860</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>604153</x:v>
+        <x:v>448678</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>37698</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>553192</x:v>
+        <x:v>604179</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>37670</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>553216</x:v>
+        <x:v>604153</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>37670</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>502180</x:v>
+        <x:v>502126</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>37698</x:v>
+        <x:v>37670</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>502126</x:v>
+        <x:v>502180</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39702</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -3976,51 +3974,51 @@
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>574837</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37670</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -4051,513 +4049,514 @@
       <x:c r="R51" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>580001</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39702</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="G52" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>583725</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38804</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H53" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="H53" s="0" t="s">
+      <x:c r="I53" s="4" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>23610</x:v>
+        <x:v>23602</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="Q53" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="Q53" s="4" t="s">
+      <x:c r="R53" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="R53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>609336</x:v>
+        <x:v>609313</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>37698</x:v>
+        <x:v>38804</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H54" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="H54" s="14" t="s">
+      <x:c r="I54" s="16" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>23602</x:v>
+        <x:v>23610</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="Q54" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="Q54" s="16" t="s">
+      <x:c r="R54" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="R54" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>609313</x:v>
+        <x:v>609336</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>37698</x:v>
+        <x:v>5860</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="H55" s="0" t="s">
+      <x:c r="I55" s="4" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>501098</x:v>
+        <x:v>451667</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>5860</x:v>
+        <x:v>37698</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H56" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="H56" s="14" t="s">
+      <x:c r="I56" s="16" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>451667</x:v>
+        <x:v>549580</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37698</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="H57" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="H57" s="0" t="s">
+      <x:c r="I57" s="4" t="s">
         <x:v>146</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>549580</x:v>
+        <x:v>501098</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39702</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
-      <x:c r="E58" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E58" s="14" t="s"/>
+      <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="H58" s="14" t="s"/>
+      <x:c r="H58" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
       <x:c r="I58" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>583962</x:v>
+        <x:v>577413</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39702</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
+      <x:c r="E59" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F59" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="G59" s="0" t="s">
-        <x:v>153</x:v>
-[...1 lines deleted...]
-      <x:c r="H59" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31883</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>577413</x:v>
+        <x:v>583962</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
@@ -4572,114 +4571,114 @@
       <x:c r="K60" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>551748</x:v>
+        <x:v>589762</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>571617</x:v>
+        <x:v>579825</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
@@ -4691,108 +4690,108 @@
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>571618</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>579825</x:v>
+        <x:v>551748</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
@@ -4804,51 +4803,51 @@
       <x:c r="K64" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>589762</x:v>
+        <x:v>571617</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -4861,293 +4860,295 @@
       <x:c r="K65" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>571544</x:v>
+        <x:v>551785</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>579820</x:v>
+        <x:v>570913</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>589736</x:v>
+        <x:v>571544</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E68" s="14" t="s"/>
+      <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>583866</x:v>
+        <x:v>579820</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
+      <x:c r="E69" s="0" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="F69" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>551785</x:v>
+        <x:v>583866</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>35179</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
@@ -5156,57 +5157,57 @@
       <x:c r="K70" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>23602</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>570913</x:v>
+        <x:v>589736</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="U70" s="16" t="s">
         <x:v>165</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>