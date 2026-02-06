--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -137,95 +137,95 @@
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>BUT spécialité métiers de la transition et de l'efficacité énergétiques parcours exploitation des installations énergétiques pour le bâtiment et l'industrie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 3 et 4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contrat performance énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours contrôle, pilotage et optimisation des procédés</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
-    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Bac techno sciences et technologies de l'industrie et du développement durable énergie et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée T Edison</x:t>
   </x:si>
   <x:si>
     <x:t>83510</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Développement durable</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Louis - Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13180</x:t>
@@ -707,96 +707,96 @@
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>Énergie renouvelable</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en sûreté nucléaire (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Radioactivité</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitation mécanique M0, M1 et ME (Manoeuvre, Vérification et/ou Mesurage) : Opération d'ordre mécanique sur site EDF (RPP) - NUS080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apave Exploitation France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation nucléaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation mécanique M2, M2 essai, MR, MC : opérations d'ordre mécanique sur site EDF (RPP) - NUS781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-TULLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Certification Nucléaire PR CR Recyclage - Option Centre de Recherche (CR) - Prévention des Risques - NUR023</x:t>
   </x:si>
   <x:si>
-    <x:t>Apave Exploitation France</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en sûreté nucléaire (MS) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Amtalents</x:t>
   </x:si>
   <x:si>
     <x:t>75013</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
@@ -1362,145 +1362,145 @@
       </x:c>
       <x:c r="Q1" s="10" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="R1" s="10" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="S1" s="12" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="T1" s="10" t="s">
         <x:v>19</x:v>
       </x:c>
       <x:c r="U1" s="10" t="s">
         <x:v>20</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:21">
       <x:c r="A2" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B2" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C2" s="15" t="n">
-        <x:v>35372</x:v>
+        <x:v>35489</x:v>
       </x:c>
       <x:c r="D2" s="15" t="s"/>
       <x:c r="E2" s="14" t="s"/>
       <x:c r="F2" s="14" t="s"/>
       <x:c r="G2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H2" s="14" t="s"/>
       <x:c r="I2" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J2" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
-        <x:v>11534</x:v>
+        <x:v>22213</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>596710</x:v>
+        <x:v>596772</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
-        <x:v>35489</x:v>
+        <x:v>35372</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J3" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
-        <x:v>22213</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>596772</x:v>
+        <x:v>596710</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>39</x:v>
@@ -3714,51 +3714,51 @@
       <x:c r="G45" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>558146</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
@@ -3988,363 +3988,363 @@
       <x:c r="K50" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>610686</x:v>
+        <x:v>610689</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>610689</x:v>
+        <x:v>610691</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>610692</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="S53" s="0" t="n">
+        <x:v>610690</x:v>
+      </x:c>
+      <x:c r="T53" s="4" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="S53" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>610691</x:v>
+        <x:v>610687</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>610687</x:v>
+        <x:v>610686</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>610690</x:v>
+        <x:v>610688</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38458</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -4365,150 +4365,150 @@
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>572154</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>35489</x:v>
+        <x:v>35372</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>22213</x:v>
+        <x:v>11534</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>575554</x:v>
+        <x:v>575545</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>35372</x:v>
+        <x:v>35489</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>11534</x:v>
+        <x:v>22213</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>575545</x:v>
+        <x:v>575554</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 