--- v0 (2025-12-12)
+++ v1 (2026-02-04)
@@ -215,54 +215,54 @@
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Confection</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Les Coteaux</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro métiers de la couture et de la confection</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
@@ -1085,57 +1085,57 @@
       <x:c r="K4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>516372</x:v>
+        <x:v>559038</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="U4" s="16" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -1145,57 +1145,57 @@
       <x:c r="K5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>559038</x:v>
+        <x:v>516372</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1819,57 +1819,57 @@
       <x:c r="K17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>552429</x:v>
+        <x:v>607757</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
@@ -1878,57 +1878,57 @@
       <x:c r="K18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>552430</x:v>
+        <x:v>552429</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -1994,57 +1994,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>607757</x:v>
+        <x:v>552430</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>55</x:v>