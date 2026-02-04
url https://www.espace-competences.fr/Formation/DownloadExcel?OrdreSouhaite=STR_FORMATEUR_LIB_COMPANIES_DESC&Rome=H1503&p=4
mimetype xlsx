--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -683,59 +683,59 @@
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>BTS bioanalyses en laboratoire de contrôle</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Notre-Dame</x:t>
   </x:si>
   <x:si>
     <x:t>83055</x:t>
   </x:si>
   <x:si>
     <x:t>Biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de la mesure</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13392</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTS biotechnologie en recherche et en production</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée M Curie</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée L Pasteur</x:t>
   </x:si>
   <x:si>
     <x:t>84011</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
@@ -1082,54 +1082,54 @@
   <x:si>
     <x:t>Licence mention sciences et technologies parcours sciences, arts et techniques de l'image et du son</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours physique-chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours produits de santé et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence sciences et technologies mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
+    <x:t>DESU Qualiticien en Biologie Médicale</x:t>
+  </x:si>
+  <x:si>
     <x:t>CESU auditeur interne</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>DESU Qualiticien en Biologie Médicale</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Agricampus Hautes-Alpes </x:t>
   </x:si>
   <x:si>
     <x:t>Pratiquer la méthode HACCP et le PMS en restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Aaaa et Formation</x:t>
   </x:si>
   <x:si>
     <x:t>66100</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
@@ -5836,142 +5836,141 @@
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>597562</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="J76" s="14" t="s"/>
+      <x:c r="J76" s="14" t="s">
+        <x:v>104</x:v>
+      </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>591948</x:v>
+        <x:v>594711</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="J77" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>594711</x:v>
+        <x:v>591948</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>169</x:v>
@@ -6048,247 +6047,247 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>596032</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
-        <x:v>38883</x:v>
+        <x:v>38884</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="Q80" s="16" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>597559</x:v>
+        <x:v>597563</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>38884</x:v>
+        <x:v>38883</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="I81" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>12058</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="Q81" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>597563</x:v>
+        <x:v>597559</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="Q82" s="16" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>591942</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="I83" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="Q83" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>594705</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
@@ -6632,51 +6631,51 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>591941</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>12081</x:v>
@@ -7903,51 +7902,51 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>594709</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
@@ -11933,51 +11932,51 @@
       <x:c r="K184" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>589574</x:v>
+        <x:v>589599</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>288</x:v>
@@ -11985,51 +11984,51 @@
       <x:c r="K185" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>589599</x:v>
+        <x:v>589574</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>