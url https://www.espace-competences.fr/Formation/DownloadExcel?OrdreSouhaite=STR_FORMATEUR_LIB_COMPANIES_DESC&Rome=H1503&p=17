--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -287,80 +287,80 @@
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse chimique</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention chimie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chimie</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité mesures physiques parcours matériaux et contrôles physico-chimiques</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité mesures physiques parcours techniques d'instrumentation</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences pour la santé</x:t>
   </x:si>
   <x:si>
     <x:t>Santé</x:t>
   </x:si>
   <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 05</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention chimie</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité</x:t>
   </x:si>
   <x:si>
     <x:t>Capteur</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention physique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences et technologies</x:t>
@@ -995,87 +995,87 @@
   <x:si>
     <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité chimie parcours matériaux et produits formulés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Génie chimique</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention chimie parcours chimie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
+    <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours management des industries de la cosmétique et de la chimie fine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité parcours bureau d’étude et maintenance en instrumentation et automatismes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité parcours métrologie industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie parcours biochimie, biologie cellulaire et physiologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences et technologies parcours sciences, arts et techniques de l'image et du son</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie cellulaire</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et ses interactions</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours physique-chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours génie chimique, génie des procédés</x:t>
   </x:si>
@@ -2371,1303 +2371,1303 @@
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>596690</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>592167</x:v>
+        <x:v>591906</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>35480</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>596774</x:v>
+        <x:v>592167</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>35479</x:v>
+        <x:v>35480</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>596775</x:v>
+        <x:v>596774</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>41277</x:v>
+        <x:v>35479</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>606181</x:v>
+        <x:v>596775</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>41277</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>591905</x:v>
+        <x:v>606181</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>591909</x:v>
+        <x:v>591905</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>40489</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>24469</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>592539</x:v>
+        <x:v>591909</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38979</x:v>
+        <x:v>40489</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24469</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592021</x:v>
+        <x:v>592539</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592020</x:v>
+        <x:v>592021</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
-        <x:v>38974</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>592043</x:v>
+        <x:v>592020</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38974</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592170</x:v>
+        <x:v>592043</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>39690</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592213</x:v>
+        <x:v>592170</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>40411</x:v>
+        <x:v>39690</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592531</x:v>
+        <x:v>592213</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>40500</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>11511</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>592536</x:v>
+        <x:v>592531</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>592017</x:v>
+        <x:v>592536</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>592018</x:v>
+        <x:v>592017</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>35370</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>596699</x:v>
+        <x:v>592018</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>35370</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>592169</x:v>
+        <x:v>596699</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>40500</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>11511</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>592535</x:v>
+        <x:v>592169</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>591907</x:v>
+        <x:v>592535</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>592022</x:v>
+        <x:v>591907</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>591906</x:v>
+        <x:v>592022</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>591908</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
@@ -3760,154 +3760,154 @@
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>592015</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>592168</x:v>
+        <x:v>592532</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>40411</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>592532</x:v>
+        <x:v>592168</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35310</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -5488,57 +5488,57 @@
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>604334</x:v>
+        <x:v>547716</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>189</x:v>
@@ -5549,57 +5549,57 @@
       <x:c r="K70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>515643</x:v>
+        <x:v>604334</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -5609,57 +5609,57 @@
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>547716</x:v>
+        <x:v>515643</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
@@ -6084,100 +6084,100 @@
       <x:c r="J80" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>594705</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>591942</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38883</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
@@ -6190,51 +6190,51 @@
       <x:c r="J82" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>597559</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38884</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -6244,51 +6244,51 @@
       <x:c r="J83" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>597563</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -6927,327 +6927,328 @@
         <x:v>501478</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>219</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>604286</x:v>
+        <x:v>496452</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>550309</x:v>
+        <x:v>604286</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>549869</x:v>
+        <x:v>550309</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>36937</x:v>
+        <x:v>36772</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H99" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>21570</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>550310</x:v>
+        <x:v>549869</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>36772</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>225</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
-        <x:v>12003</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>496452</x:v>
+        <x:v>550310</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -7843,259 +7844,258 @@
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>591916</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>156</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="J113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>12081</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>595684</x:v>
+        <x:v>591956</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>171</x:v>
-[...1 lines deleted...]
-      <x:c r="C114" s="15" t="s"/>
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C114" s="15" t="n">
+        <x:v>38382</x:v>
+      </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>12081</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>594709</x:v>
+        <x:v>595684</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>206</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>597560</x:v>
+        <x:v>594709</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>119</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>146</x:v>
-[...1 lines deleted...]
-      <x:c r="C116" s="15" t="s"/>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C116" s="15" t="n">
+        <x:v>38883</x:v>
+      </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="J116" s="14" t="s"/>
+      <x:c r="J116" s="14" t="s">
+        <x:v>113</x:v>
+      </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>591956</x:v>
+        <x:v>597560</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35803</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -9098,57 +9098,57 @@
       <x:c r="K135" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>541908</x:v>
+        <x:v>509247</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -9157,57 +9157,57 @@
       <x:c r="K136" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>11523</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>509247</x:v>
+        <x:v>541908</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38382</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -9673,82 +9673,82 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>596697</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>591904</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
@@ -9898,51 +9898,51 @@
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>575543</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>35479</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -10078,51 +10078,51 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>554925</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>35480</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
@@ -10320,614 +10320,614 @@
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>603813</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>581546</x:v>
+        <x:v>574906</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>581345</x:v>
+        <x:v>581546</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>40500</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>11511</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>574906</x:v>
+        <x:v>576114</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>40500</x:v>
+        <x:v>40489</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>11511</x:v>
+        <x:v>24469</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>576114</x:v>
+        <x:v>576118</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>40489</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24469</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>576118</x:v>
+        <x:v>576121</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>40489</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>24469</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>576121</x:v>
+        <x:v>574929</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>39517</x:v>
+        <x:v>39690</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>574929</x:v>
+        <x:v>574937</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>39690</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>574937</x:v>
+        <x:v>576106</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>576106</x:v>
+        <x:v>574931</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>574931</x:v>
+        <x:v>581345</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -10937,51 +10937,51 @@
       <x:c r="J167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>574930</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
@@ -11112,51 +11112,51 @@
       <x:c r="J170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>576109</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -11213,51 +11213,51 @@
       <x:c r="C172" s="15" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>575005</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -11335,51 +11335,51 @@
       <x:c r="G174" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>574907</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
@@ -11392,51 +11392,51 @@
       <x:c r="G175" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>581547</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
@@ -11633,51 +11633,51 @@
       <x:c r="J179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>574928</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>296</x:v>
       </x:c>