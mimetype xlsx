--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -335,77 +335,77 @@
   <x:si>
     <x:t>IFCO</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Commercialisation vin spiritueux</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Sommellerie (ex Mention Complémentaire)</x:t>
   </x:si>
   <x:si>
+    <x:t>CS - Certificat de spécialisation Technicien en énergies renouvelables - Option A : Energie électrique (ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HYERES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Agent en sommellerie - Cave</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CS - Certificat de spécialisation Technicien en énergies renouvelables - Option A : Energie électrique (ex Mention Complémentaire)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
@@ -611,141 +611,141 @@
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2027 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/23/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sommelier-caviste modules service en salle, anglais et e-marketing</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>10/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
@@ -1870,157 +1870,155 @@
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>565160</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
-      <x:c r="E11" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>55</x:v>
-[...2 lines deleted...]
-        <x:v>56</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>607821</x:v>
+        <x:v>596985</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
-        <x:v>66</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
-      <x:c r="E12" s="14" t="s"/>
+      <x:c r="E12" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>72</x:v>
-[...1 lines deleted...]
-      <x:c r="H12" s="14" t="s"/>
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="H12" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="I12" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>596985</x:v>
+        <x:v>607821</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>35535</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -2092,348 +2090,347 @@
       <x:c r="J14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>606274</x:v>
+        <x:v>554024</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>88</x:v>
-[...1 lines deleted...]
-      <x:c r="C15" s="3" t="s"/>
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C15" s="3" t="n">
+        <x:v>37382</x:v>
+      </x:c>
       <x:c r="D15" s="3" t="s"/>
-      <x:c r="E15" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
+      <x:c r="J15" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>579395</x:v>
+        <x:v>559915</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>554024</x:v>
+        <x:v>612075</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>559915</x:v>
+        <x:v>606274</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>75</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>94</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>91</x:v>
+      </x:c>
+      <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s"/>
-      <x:c r="F18" s="14" t="s"/>
+      <x:c r="E18" s="14" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="F18" s="14" t="s">
+        <x:v>93</x:v>
+      </x:c>
       <x:c r="G18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="J18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="S18" s="14" t="n">
+        <x:v>579395</x:v>
+      </x:c>
+      <x:c r="T18" s="16" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F19" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>581175</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G20" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -3785,51 +3782,51 @@
       <x:c r="M43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>558718</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -4953,736 +4950,736 @@
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>603446</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>601874</x:v>
+        <x:v>584286</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
-      <x:c r="E65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H65" s="0" t="s">
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>599287</x:v>
+        <x:v>584289</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="H66" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H66" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>545133</x:v>
+        <x:v>600449</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>601838</x:v>
+        <x:v>600451</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>601846</x:v>
+        <x:v>600456</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
+      <x:c r="E69" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="G69" s="0" t="s">
-        <x:v>109</x:v>
-[...2 lines deleted...]
-        <x:v>110</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>601851</x:v>
+        <x:v>599287</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>601898</x:v>
+        <x:v>545133</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>584286</x:v>
+        <x:v>601838</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
-        <x:v>107</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>584289</x:v>
+        <x:v>601846</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>600449</x:v>
+        <x:v>601851</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>600451</x:v>
+        <x:v>601898</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>600456</x:v>
+        <x:v>601837</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
@@ -5694,114 +5691,114 @@
       <x:c r="K76" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>601837</x:v>
+        <x:v>601864</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>601864</x:v>
+        <x:v>601874</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -6105,51 +6102,51 @@
       <x:c r="M83" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>599289</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -6164,224 +6161,224 @@
       <x:c r="M84" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>599294</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>601849</x:v>
+        <x:v>603448</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>601856</x:v>
+        <x:v>600524</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>601873</x:v>
+        <x:v>601849</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -6390,114 +6387,114 @@
       <x:c r="K88" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>601883</x:v>
+        <x:v>601856</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>601889</x:v>
+        <x:v>601873</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
@@ -6506,117 +6503,111 @@
       <x:c r="K90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>601892</x:v>
+        <x:v>601883</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
-      <x:c r="E91" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>583817</x:v>
+        <x:v>601889</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
@@ -6628,173 +6619,179 @@
       <x:c r="K92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>558716</x:v>
+        <x:v>601892</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>603448</x:v>
+        <x:v>583817</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>107</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>600524</x:v>
+        <x:v>558716</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -6812,394 +6809,394 @@
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>545132</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
-        <x:v>52</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
-      <x:c r="E96" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>151</x:v>
-[...1 lines deleted...]
-      <x:c r="H96" s="14" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="H96" s="14" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="I96" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>558853</x:v>
+        <x:v>583179</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>583179</x:v>
+        <x:v>558522</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>107</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>558522</x:v>
+        <x:v>603444</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>603444</x:v>
+        <x:v>603455</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>603455</x:v>
+        <x:v>600453</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>600453</x:v>
+        <x:v>558719</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
@@ -7208,114 +7205,114 @@
       <x:c r="K102" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>558719</x:v>
+        <x:v>558721</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>558721</x:v>
+        <x:v>558722</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
@@ -7324,114 +7321,114 @@
       <x:c r="K104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>558722</x:v>
+        <x:v>601847</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>601847</x:v>
+        <x:v>601863</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
@@ -7440,114 +7437,114 @@
       <x:c r="K106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>601863</x:v>
+        <x:v>601871</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>601871</x:v>
+        <x:v>601876</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
@@ -7556,114 +7553,114 @@
       <x:c r="K108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>601876</x:v>
+        <x:v>601887</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>601887</x:v>
+        <x:v>601890</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
@@ -7672,346 +7669,346 @@
       <x:c r="K110" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>601890</x:v>
+        <x:v>601900</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>601900</x:v>
+        <x:v>601903</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s"/>
+      <x:c r="E112" s="14" t="s">
+        <x:v>54</x:v>
+      </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>109</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>601903</x:v>
+        <x:v>599286</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>599286</x:v>
+        <x:v>599291</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>599291</x:v>
+        <x:v>558851</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>39204</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>558851</x:v>
+        <x:v>558853</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>37382</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -8416,59 +8413,59 @@
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>615320</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="G124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42739</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>28</x:v>