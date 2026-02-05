--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -1034,54 +1034,54 @@
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence - Antenne Manosque</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
+    <x:t>08/27/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>BRIANCON</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Barista Bartender Solutions</x:t>
   </x:si>
   <x:si>
     <x:t>BBS</x:t>
   </x:si>
@@ -3672,57 +3672,57 @@
       <x:c r="K36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>600349</x:v>
+        <x:v>547376</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
@@ -3732,57 +3732,57 @@
       <x:c r="K37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>547376</x:v>
+        <x:v>600349</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>123</x:v>
@@ -4107,57 +4107,57 @@
       <x:c r="K44" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>607218</x:v>
+        <x:v>509486</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -4167,57 +4167,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>509486</x:v>
+        <x:v>607218</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>137</x:v>
@@ -4929,57 +4929,57 @@
       <x:c r="K58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>516393</x:v>
+        <x:v>559030</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -4989,57 +4989,57 @@
       <x:c r="K59" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>559030</x:v>
+        <x:v>516393</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>95</x:v>
@@ -5982,57 +5982,57 @@
       <x:c r="K76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>607820</x:v>
+        <x:v>565338</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -6042,57 +6042,57 @@
       <x:c r="K77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>565338</x:v>
+        <x:v>607820</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -9353,57 +9353,57 @@
       <x:c r="K135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>601084</x:v>
+        <x:v>546550</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -9412,57 +9412,57 @@
       <x:c r="K136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>546550</x:v>
+        <x:v>601084</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -9527,57 +9527,57 @@
       <x:c r="K138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>608443</x:v>
+        <x:v>502437</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -9587,57 +9587,57 @@
       <x:c r="K139" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>502437</x:v>
+        <x:v>608443</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>95</x:v>
@@ -10912,57 +10912,57 @@
       <x:c r="K162" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>604804</x:v>
+        <x:v>501700</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -10972,57 +10972,57 @@
       <x:c r="K163" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>501700</x:v>
+        <x:v>604804</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>113</x:v>
@@ -12481,57 +12481,57 @@
       <x:c r="K188" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>546714</x:v>
+        <x:v>496848</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -12541,172 +12541,172 @@
       <x:c r="K189" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>546713</x:v>
+        <x:v>546714</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>496848</x:v>
+        <x:v>602768</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>602768</x:v>
+        <x:v>602761</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>319</x:v>
@@ -12723,175 +12723,175 @@
       <x:c r="K192" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>602761</x:v>
+        <x:v>602760</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>602760</x:v>
+        <x:v>560916</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>560916</x:v>
+        <x:v>546713</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
@@ -13291,54 +13291,54 @@
       <x:c r="K202" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>567815</x:v>
+        <x:v>497819</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
@@ -13351,57 +13351,57 @@
       <x:c r="K203" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>604289</x:v>
+        <x:v>567818</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>115</x:v>
@@ -13412,57 +13412,57 @@
       <x:c r="K204" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>497819</x:v>
+        <x:v>604289</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -13472,57 +13472,57 @@
       <x:c r="K205" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>567818</x:v>
+        <x:v>567815</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>115</x:v>
@@ -13671,161 +13671,161 @@
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>604290</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>37554</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>446865</x:v>
+        <x:v>497823</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>37554</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>497823</x:v>
+        <x:v>446865</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>