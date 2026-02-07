--- v0 (2026-02-06)
+++ v1 (2026-02-07)
@@ -3269,57 +3269,57 @@
       <x:c r="K29" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>554099</x:v>
+        <x:v>504070</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -3328,57 +3328,57 @@
       <x:c r="K30" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>504070</x:v>
+        <x:v>554099</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -4775,104 +4775,104 @@
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>516393</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>565335</x:v>
+        <x:v>559030</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -4882,118 +4882,118 @@
       <x:c r="K57" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>559030</x:v>
+        <x:v>608152</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>608152</x:v>
+        <x:v>608192</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -5003,57 +5003,57 @@
       <x:c r="K59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42723</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>608192</x:v>
+        <x:v>565335</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40096</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9137,159 +9137,159 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>546550</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
-        <x:v>38424</x:v>
+        <x:v>40096</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
-        <x:v>42757</x:v>
+        <x:v>42723</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>601084</x:v>
+        <x:v>601102</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>40096</x:v>
+        <x:v>38424</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>42723</x:v>
+        <x:v>42757</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>601102</x:v>
+        <x:v>601084</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
@@ -13718,54 +13718,54 @@
       <x:c r="K209" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>567815</x:v>
+        <x:v>497819</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>38424</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>342</x:v>
@@ -13779,54 +13779,54 @@
       <x:c r="K210" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42757</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>497819</x:v>
+        <x:v>567815</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">