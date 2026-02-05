--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -200,62 +200,62 @@
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel responsable d'établissement touristique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
-    <x:t>LA GARDE</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention métiers du tourisme et des loisirs</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Économie tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention tourisme</x:t>
@@ -701,78 +701,78 @@
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/07/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/07/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Heures Libres de la Jeunesse - Institut Méditerranéen du Sport, de l'Animation et du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>HLJ - IMSAT</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel Responsable d'Etablissement Touristique (TP RET)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
@@ -1822,727 +1822,727 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="S5" s="0" t="n">
+        <x:v>564261</x:v>
+      </x:c>
+      <x:c r="T5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="S5" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T5" s="4" t="s">
+      <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="S6" s="14" t="n">
+        <x:v>564260</x:v>
+      </x:c>
+      <x:c r="T6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="S6" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T6" s="16" t="s">
+      <x:c r="U6" s="16" t="s">
         <x:v>45</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40497</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>13168</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>581080</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>588184</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>591869</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>592076</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>591868</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38700</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>592006</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>591867</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38700</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>592007</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>592078</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>592077</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39172</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>12516</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>587191</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -2555,51 +2555,51 @@
         <x:v>81</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>599454</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -2665,100 +2665,100 @@
       <x:c r="A20" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>616033</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>616022</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -2773,51 +2773,51 @@
       <x:c r="C22" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>558840</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -2830,51 +2830,51 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>603888</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -2889,51 +2889,51 @@
       <x:c r="C24" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>557645</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -2946,51 +2946,51 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>603904</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -3005,51 +3005,51 @@
       <x:c r="C26" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>603903</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -3062,51 +3062,51 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>557644</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -3121,72 +3121,72 @@
       <x:c r="C28" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>557894</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
@@ -3199,83 +3199,83 @@
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>557895</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>611680</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -3288,110 +3288,110 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>553006</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>599559</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -3401,51 +3401,51 @@
         <x:v>129</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>608048</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -3458,51 +3458,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>608042</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
@@ -3518,161 +3518,161 @@
         <x:v>39672</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>545531</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39672</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42623</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>600203</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>595577</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -3681,100 +3681,100 @@
       <x:c r="A38" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>596433</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>595578</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -3783,51 +3783,51 @@
       <x:c r="A40" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>596431</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -3840,153 +3840,153 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>583419</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>595575</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>596430</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -3995,100 +3995,100 @@
       <x:c r="A44" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>595579</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>596429</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -4105,100 +4105,100 @@
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>558324</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>596432</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -4207,51 +4207,51 @@
       <x:c r="A48" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>42776</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>595576</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -4261,51 +4261,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>599444</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -4318,51 +4318,51 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>612353</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -4372,51 +4372,51 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>588123</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -4431,51 +4431,51 @@
       <x:c r="C52" s="15" t="n">
         <x:v>36133</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>527374</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
@@ -4737,51 +4737,51 @@
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>553445</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
@@ -4832,51 +4832,51 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>609165</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
@@ -4918,159 +4918,160 @@
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>602495</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
+      <x:c r="E61" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>551806</x:v>
+        <x:v>535425</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>535425</x:v>
+        <x:v>551806</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5204,211 +5205,212 @@
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>609163</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>609162</x:v>
+        <x:v>584043</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
+      <x:c r="E67" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>584043</x:v>
+        <x:v>609162</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="U67" s="4" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>556664</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -5465,51 +5467,51 @@
       <x:c r="C70" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>577453</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -5537,93 +5539,93 @@
       <x:c r="J71" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>601860</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>613017</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -5693,51 +5695,51 @@
         <x:v>22</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>581788</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -5750,72 +5752,72 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>549519</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -5861,108 +5863,108 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38937</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>592049</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>615133</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -5975,51 +5977,51 @@
         <x:v>38</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>35527</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>601762</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -6055,51 +6057,51 @@
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>567802</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
@@ -6454,100 +6456,100 @@
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42693</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>579523</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>579522</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -6605,51 +6607,51 @@
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42693</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>579529</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -6664,51 +6666,51 @@
       <x:c r="C92" s="15" t="n">
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>610930</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -6724,51 +6726,51 @@
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>580201</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -6785,111 +6787,111 @@
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>600859</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>551814</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -6906,51 +6908,51 @@
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>600997</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
@@ -6966,51 +6968,51 @@
         <x:v>38937</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>542081</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -7027,111 +7029,111 @@
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42729</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>547234</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>607886</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
@@ -7148,51 +7150,51 @@
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>506431</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
@@ -7202,51 +7204,51 @@
         <x:v>59</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35948</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>595429</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -7255,51 +7257,51 @@
       <x:c r="A102" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>593100</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -7312,304 +7314,304 @@
         <x:v>317</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35948</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>576266</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>576270</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38700</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>576275</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35911</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>581343</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35911</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>581342</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">