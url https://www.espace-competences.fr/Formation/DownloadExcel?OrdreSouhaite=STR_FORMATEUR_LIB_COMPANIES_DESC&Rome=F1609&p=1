--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -425,59 +425,59 @@
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>5. Habilitation électrique : Personnel électricien B1V-B2V-BR-BC</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP Peintre applicateur de revêtements</x:t>
   </x:si>
   <x:si>
-    <x:t>04/07/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>Agent polyvalent de maintenance des bâtiments (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>Formatsud Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Bâtiment second oeuvre</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
@@ -617,68 +617,68 @@
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Arles</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Antibes Max Fiorini</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitations électriques B1V - B2V - BC - BE - BR - Recyclage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brink's Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitations électriques B1V - B2V - BC - BE - BR</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitations électriques B1V - B2V - H1V - H2V</x:t>
   </x:si>
   <x:si>
-    <x:t>Brink's Formation</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Habilitations électriques B1V  - B2V - H1V - H2V - Recyclage</x:t>
   </x:si>
   <x:si>
-    <x:t>Habilitations électriques B1V - B2V - BC - BE - BR - Recyclage</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Habilitation électrique B1V</x:t>
   </x:si>
   <x:si>
     <x:t>Bernard Clément Formation Travaux Publics</x:t>
   </x:si>
   <x:si>
     <x:t>BCFTP</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques B1V - B2V - BC - BR</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Athéna Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>13340</x:t>
@@ -779,66 +779,66 @@
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>12/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques H0v - B1v -B2v -BR - BC</x:t>
   </x:si>
   <x:si>
     <x:t>Adsea 05 - IME Le Bois Saint Jean</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau électricien basse et haute tension BP - BE - BS - B1 - B1V - B2 - B2V - BC - BR - HE -  H0 - H1 - H2 - HC - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Acfitec</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Access Formation</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -1975,57 +1975,57 @@
       <x:c r="K12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>611538</x:v>
+        <x:v>569189</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -2035,57 +2035,57 @@
       <x:c r="K13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>569189</x:v>
+        <x:v>611538</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
@@ -2940,352 +2940,352 @@
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>606212</x:v>
+        <x:v>610931</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>610931</x:v>
+        <x:v>606212</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>118</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>22472</x:v>
+        <x:v>24049</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>565100</x:v>
+        <x:v>614255</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>115</x:v>
-[...1 lines deleted...]
-      <x:c r="C32" s="15" t="s"/>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C32" s="15" t="n">
+        <x:v>39036</x:v>
+      </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>24049</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>614255</x:v>
+        <x:v>565100</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>552667</x:v>
+        <x:v>565098</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>565098</x:v>
+        <x:v>552667</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
@@ -3298,51 +3298,51 @@
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>565099</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -3409,51 +3409,51 @@
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>615138</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>28</x:v>
@@ -4649,164 +4649,164 @@
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>604764</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>502283</x:v>
+        <x:v>604763</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>604763</x:v>
+        <x:v>502283</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -5185,215 +5185,215 @@
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>503570</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>548339</x:v>
+        <x:v>548317</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>548340</x:v>
+        <x:v>604009</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>548317</x:v>
+        <x:v>604010</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -5403,57 +5403,57 @@
       <x:c r="K71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>604009</x:v>
+        <x:v>548339</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -5462,54 +5462,54 @@
       <x:c r="K72" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>604010</x:v>
+        <x:v>548340</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -6288,391 +6288,391 @@
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>548287</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>503341</x:v>
+        <x:v>548286</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>548286</x:v>
+        <x:v>503341</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>603262</x:v>
+        <x:v>548238</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>548238</x:v>
+        <x:v>603262</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>503680</x:v>
+        <x:v>603293</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>603293</x:v>
+        <x:v>503680</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -7273,159 +7273,159 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>603175</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>548427</x:v>
+        <x:v>603125</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38740</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>22412</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>503132</x:v>
+        <x:v>548404</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
@@ -7434,224 +7434,224 @@
       <x:c r="K106" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>603174</x:v>
+        <x:v>503203</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>603125</x:v>
+        <x:v>548428</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>38740</x:v>
+        <x:v>39036</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>22412</x:v>
+        <x:v>22472</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>548404</x:v>
+        <x:v>548427</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>39036</x:v>
+        <x:v>38740</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>22472</x:v>
+        <x:v>22412</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>503203</x:v>
+        <x:v>503132</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>163</x:v>
@@ -7666,103 +7666,103 @@
       <x:c r="K110" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>548428</x:v>
+        <x:v>603174</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>609990</x:v>
+        <x:v>609987</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>184</x:v>
@@ -7804,127 +7804,127 @@
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>609981</x:v>
+        <x:v>609990</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>609987</x:v>
+        <x:v>609981</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>191</x:v>
@@ -8845,51 +8845,51 @@
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>597970</x:v>
+        <x:v>597972</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>164</x:v>
@@ -8900,51 +8900,51 @@
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>597971</x:v>
+        <x:v>597970</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>25</x:v>
@@ -8952,51 +8952,51 @@
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>597972</x:v>
+        <x:v>597971</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>91</x:v>