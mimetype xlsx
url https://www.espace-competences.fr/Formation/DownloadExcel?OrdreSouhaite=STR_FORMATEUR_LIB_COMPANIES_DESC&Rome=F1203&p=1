--- v0 (2025-12-12)
+++ v1 (2026-02-05)
@@ -182,74 +182,74 @@
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention sciences de la Terre</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences de la terre</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BIOT</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'ESTP - Grande école d'ingénieurs de la construction spécialité travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Ecir Apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Eco-conception</x:t>
@@ -284,75 +284,75 @@
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme ingénieur de l'ENSAM spécialité travaux publics (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>Master mention sciences de la Terre et des planètes, environnement parcours international master in geosciences</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -996,316 +996,316 @@
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>592224</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
-        <x:v>39518</x:v>
+        <x:v>39700</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
-        <x:v>12254</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="Q4" s="16" t="s">
+      <x:c r="R4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="R4" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>592282</x:v>
+        <x:v>592218</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>39700</x:v>
+        <x:v>39518</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="I5" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="J5" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12254</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="Q5" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R5" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>592218</x:v>
+        <x:v>592282</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q6" s="16" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>592219</x:v>
+        <x:v>592220</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="I7" s="4" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q7" s="4" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>592220</x:v>
+        <x:v>592221</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="Q8" s="16" t="s">
         <x:v>38</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>592221</x:v>
+        <x:v>592219</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>40449</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -1616,51 +1616,51 @@
       <x:c r="K14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>577560</x:v>
+        <x:v>577561</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -1673,51 +1673,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>577561</x:v>
+        <x:v>577560</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 