--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -227,95 +227,95 @@
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale BC01 Concevoir une campagne webmarketing et communication digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Directeur de projets image et communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conduite projet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cycle Professionnel Développement Commercial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stratégie commerciale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale BC 2 Produire et gérer des contenus digitaux vecteurs d’engagement et responsables</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur de projets image et communication BC01 Elaborer une stratégie d'image et de communication</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 5 et plus</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale</x:t>
   </x:si>
   <x:si>
-    <x:t>Directeur de projets image et communication</x:t>
-[...11 lines deleted...]
-    <x:t>Stratégie commerciale</x:t>
+    <x:t>Responsable de projet webmarketing et communication digitale BC 1 Concevoir une campagne webmarketing et communication digitale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de projet webmarketing et communication digitale BC4 Piloter un projet webmarketing et communication digitale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable de projet webmarketing et communication digitale BC03 Développer la visibilité, l’audience et la réputation digitales</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale spécificité webmarketing brand content</x:t>
   </x:si>
   <x:si>
-    <x:t>Responsable de projet webmarketing et communication digitale BC 1 Concevoir une campagne webmarketing et communication digitale</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale BC 4 Piloter un projet webmarketing et communication digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale BC02 Produire et gérer des contenus digitaux vecteurs d’engagement et responsables</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité métiers du multimédia et de l'internet parcours création numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
@@ -677,69 +677,69 @@
   <x:si>
     <x:t>Mettre en valeur et développer commercialement votre marque de cosmétiques bio</x:t>
   </x:si>
   <x:si>
     <x:t>Laboratoire 4E</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Directeur de projets image et communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet webmarketing et communication digitale (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Mastère Européen communication stratégies publicitaires et communication numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INEAD-ESMAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable de projet marketing communication (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>08/22/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>04/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet marketing communication</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet marketing communication spécialisation communication des marques et des entreprises (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet marketing communication spécialisation évènementiel et relations publiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet marketing communication spécialisation marketing et communication dans le sport (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de projet marketing communication spécialisation communication digitale et publicité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2028 00:00:00</x:t>
   </x:si>
@@ -2048,477 +2048,476 @@
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>613645</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
-        <x:v>39974</x:v>
+        <x:v>35593</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
-        <x:v>34093</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>578769</x:v>
+        <x:v>559234</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>54</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="J9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>32135</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>613658</x:v>
+        <x:v>559255</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39974</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>613734</x:v>
+        <x:v>578769</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>559234</x:v>
+        <x:v>613658</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>61</x:v>
-[...1 lines deleted...]
-      <x:c r="C12" s="15" t="s"/>
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="C12" s="15" t="n">
+        <x:v>39974</x:v>
+      </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="J12" s="14" t="s"/>
+      <x:c r="J12" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>559255</x:v>
+        <x:v>613734</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39974</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>563716</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39974</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>562791</x:v>
+        <x:v>578781</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39974</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>578781</x:v>
+        <x:v>578795</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39974</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
@@ -2528,368 +2527,368 @@
       <x:c r="K16" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>578795</x:v>
+        <x:v>613638</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39974</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>613638</x:v>
+        <x:v>562791</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>39974</x:v>
+        <x:v>35593</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>34093</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>563714</x:v>
+        <x:v>578773</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>35593</x:v>
+        <x:v>39974</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
-        <x:v>32135</x:v>
+        <x:v>34093</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>578773</x:v>
+        <x:v>613640</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39974</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>613640</x:v>
+        <x:v>584579</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39974</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>584579</x:v>
+        <x:v>563714</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>613711</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
@@ -2914,89 +2913,89 @@
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>34093</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>563718</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>613712</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
@@ -3032,193 +3031,193 @@
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>613636</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>564822</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>578772</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>613748</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
@@ -3502,164 +3501,164 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>454251</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>35500</x:v>
+        <x:v>35501</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>24223</x:v>
+        <x:v>46081</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>556135</x:v>
+        <x:v>454245</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>35501</x:v>
+        <x:v>35500</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>46081</x:v>
+        <x:v>24223</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>454245</x:v>
+        <x:v>556135</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35500</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -4343,100 +4342,100 @@
       <x:c r="M48" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>72854</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>568040</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>568231</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
@@ -4445,304 +4444,304 @@
       <x:c r="M50" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>568227</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>568228</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>72854</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>568043</x:v>
+        <x:v>568041</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>72854</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>568044</x:v>
+        <x:v>568229</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>72854</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>568041</x:v>
+        <x:v>568043</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>46354</x:v>
+        <x:v>72854</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>568229</x:v>
+        <x:v>568044</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
@@ -4751,100 +4750,100 @@
       <x:c r="M56" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>72854</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>568037</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>72854</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>568042</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
@@ -4853,100 +4852,100 @@
       <x:c r="M58" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>568225</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>46354</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>568234</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C60" s="15" t="s"/>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s"/>
       <x:c r="K60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
@@ -6192,110 +6191,110 @@
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>606896</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>608618</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
@@ -6352,190 +6351,189 @@
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>608616</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C87" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="J87" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>34031</x:v>
+        <x:v>46301</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>586459</x:v>
+        <x:v>523298</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C88" s="15" t="s"/>
+      <x:c r="C88" s="15" t="n">
+        <x:v>37006</x:v>
+      </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="J88" s="14" t="s"/>
+      <x:c r="J88" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>46301</x:v>
+        <x:v>34031</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>523298</x:v>
+        <x:v>586459</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37006</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -7733,51 +7731,51 @@
       <x:c r="U109" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>37156</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -7787,51 +7785,51 @@
       <x:c r="T110" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37156</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
@@ -7939,151 +7937,151 @@
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>486635</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>37156</x:v>
+        <x:v>34919</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>46311</x:v>
+        <x:v>46301</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>486639</x:v>
+        <x:v>479283</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>34919</x:v>
+        <x:v>37156</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>46301</x:v>
+        <x:v>46311</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>479283</x:v>
+        <x:v>486639</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
@@ -8107,208 +8105,208 @@
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>486637</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>37156</x:v>
+        <x:v>34919</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>46311</x:v>
+        <x:v>46301</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>537346</x:v>
+        <x:v>537350</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37156</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>537355</x:v>
+        <x:v>537346</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>34919</x:v>
+        <x:v>37156</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>46301</x:v>
+        <x:v>46311</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>537350</x:v>
+        <x:v>537355</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>34919</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
@@ -8342,51 +8340,51 @@
       <x:c r="T120" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37156</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -8399,51 +8397,51 @@
       <x:c r="U121" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37156</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>46311</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
@@ -8829,159 +8827,160 @@
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>616856</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>34927</x:v>
+        <x:v>39249</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
-      <x:c r="E130" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>15004</x:v>
+        <x:v>46340</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>553361</x:v>
+        <x:v>574458</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>39249</x:v>
+        <x:v>34927</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
+      <x:c r="E131" s="0" t="s">
+        <x:v>71</x:v>
+      </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>46340</x:v>
+        <x:v>15004</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>574458</x:v>
+        <x:v>553361</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39249</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
@@ -8993,119 +8992,119 @@
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>46340</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>558981</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36731</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>499389</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>46301</x:v>
       </x:c>
@@ -9114,195 +9113,195 @@
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>565071</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>46301</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>565070</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>546438</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>496128</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
@@ -10301,51 +10300,51 @@
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -10422,51 +10421,51 @@
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
@@ -10545,51 +10544,51 @@
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>586133</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
@@ -10795,51 +10794,51 @@
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -10855,51 +10854,51 @@
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -10916,51 +10915,51 @@
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
@@ -10976,51 +10975,51 @@
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -11037,51 +11036,51 @@
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -11097,51 +11096,51 @@
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
@@ -11158,51 +11157,51 @@
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -11218,51 +11217,51 @@
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -11279,51 +11278,51 @@
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -11339,51 +11338,51 @@
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -11400,51 +11399,51 @@
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -11460,51 +11459,51 @@
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36893</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>143</x:v>
       </x:c>