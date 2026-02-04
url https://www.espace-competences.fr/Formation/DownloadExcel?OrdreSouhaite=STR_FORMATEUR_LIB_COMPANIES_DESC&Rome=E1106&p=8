--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -173,65 +173,65 @@
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Journalisme audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pitcher son sujet à l'écrit et à l'oral</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
+    <x:t>Prise de parole dans les médias : posture, message et règles du jeu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Délégué syndical , Elu , Elu local , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expression média</x:t>
+  </x:si>
+  <x:si>
     <x:t>Duplex : être à l'aise et pertinent face caméra</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Public de la formation initiale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Prise de parole dans les médias : posture, message et règles du jeu</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Intelligence artificielle et journalisme : trouver l'angle juste</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Intelligence artificielle</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser la voix off (journal TV, magazine, documentaire)</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Formateur , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention information, communication parcours communication, innovation et management des projets numériques</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
@@ -725,120 +725,120 @@
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention administration économique et sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Organisation travail</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention science politique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention études européennes et internationales</x:t>
   </x:si>
   <x:si>
     <x:t>Institution européenne</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention sciences du langage</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Linguistique</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention création littéraire</x:t>
+  </x:si>
+  <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention sciences du langage</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention information et médiation scientifique et technique parcours information scientifique et médiation en environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention lettres parcours recherche et concours</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention études européennes et internationales parcours coopération euro-méditerranéennes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention lettres parcours lettres modernes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention études culturelles parcours monde anglophone</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Politique culturelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention lettres parcours double licence droit-lettres</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention lettres parcours monde du livre</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études hispaniques et latino-américaines</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours lettres et livre</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences du langage parcours sciences du langage et pluridisciplinarité</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>Licence mention lettres parcours double licence droit-lettres</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études interculturelles franco-allemandes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études slaves</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention lettres parcours lettres et écriture</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études italiennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études européennes et internationales parcours métiers des politiques et des programmes européens</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études européennes et internationales parcours négociation internationale et interculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études portugaises et brésiliennes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention création littéraire parcours création littéraire, recherche et nouvelles formes de narration</x:t>
   </x:si>
@@ -1638,115 +1638,115 @@
       <x:c r="B4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
-        <x:v>46306</x:v>
+        <x:v>15003</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>615368</x:v>
+        <x:v>616910</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>15003</x:v>
+        <x:v>46306</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>616910</x:v>
+        <x:v>615368</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>24</x:v>
@@ -5304,148 +5304,148 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>597249</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>40114</x:v>
+        <x:v>38189</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>46354</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>592381</x:v>
+        <x:v>597428</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>38189</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>46354</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>597428</x:v>
+        <x:v>592381</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -5913,376 +5913,376 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>592579</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>35923</x:v>
+        <x:v>38692</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>14272</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>595419</x:v>
+        <x:v>591903</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>595418</x:v>
+        <x:v>595419</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>40114</x:v>
+        <x:v>39463</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>14261</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>592379</x:v>
+        <x:v>592129</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>38692</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>14272</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>591903</x:v>
+        <x:v>592392</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>39463</x:v>
+        <x:v>35923</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>592129</x:v>
+        <x:v>595418</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>592392</x:v>
+        <x:v>592379</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38209</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -6365,498 +6365,498 @@
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>574777</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>39494</x:v>
+        <x:v>39403</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>13024</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>575541</x:v>
+        <x:v>575529</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>575707</x:v>
+        <x:v>575728</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>40114</x:v>
+        <x:v>34838</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>14261</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>575727</x:v>
+        <x:v>575799</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>38692</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>14272</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>575733</x:v>
+        <x:v>581318</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>39403</x:v>
+        <x:v>39494</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>13024</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>575529</x:v>
+        <x:v>575541</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>40114</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>575728</x:v>
+        <x:v>575707</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>34838</x:v>
+        <x:v>40114</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>14261</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>575799</x:v>
+        <x:v>575727</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>40114</x:v>
+        <x:v>38692</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>14261</x:v>
+        <x:v>14272</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>581318</x:v>
+        <x:v>575733</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40098</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
@@ -7349,82 +7349,82 @@
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>575528</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>34838</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>575798</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
@@ -7465,51 +7465,51 @@
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>581255</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>40114</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>94</x:v>
@@ -7621,51 +7621,51 @@
       <x:c r="J111" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>575655</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
@@ -7680,51 +7680,51 @@
       <x:c r="J112" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>575853</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35923</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>224</x:v>
       </x:c>