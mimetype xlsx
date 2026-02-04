--- v0 (2026-02-03)
+++ v1 (2026-02-04)
@@ -443,56 +443,56 @@
   <x:si>
     <x:t>Lycée Jeanne et Paul Augier</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Pierre Gilles de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée des Métiers Alexandre Dumas</x:t>
   </x:si>
   <x:si>
     <x:t>84300</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Anne-Sophie Pic</x:t>
   </x:si>
   <x:si>
     <x:t>83098</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation pâtisserie de boutique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Camus</x:t>
@@ -602,80 +602,80 @@
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/28/2026 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
@@ -695,104 +695,104 @@
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/22/2026 00:00:00</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
@@ -881,68 +881,68 @@
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Pâtissier - Formation 100% à distance</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CS - Certificat de spécialisation Pâtisserie en boutique (ex Mention complémentaire) (CS PB)</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Chocolaterie-confiserie</x:t>
   </x:si>
   <x:si>
     <x:t>CS Certificat de Spécialisation Desserts de restaurant</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Chocolatier confiseur</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
   </x:si>
   <x:si>
     <x:t>CIA</x:t>
@@ -1082,57 +1082,57 @@
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Le Beausset</x:t>
   </x:si>
   <x:si>
     <x:t>83330</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>CAP glacier fabricant (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>BTM chocolatier-confiseur (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP glacier fabricant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BTM glacier fabricant (Apprentissage)</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vendeur en boulangerie-pâtisserie (CTM)</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
@@ -2818,164 +2818,164 @@
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>600342</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
-        <x:v>35966</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>496988</x:v>
+        <x:v>600341</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>600341</x:v>
+        <x:v>496988</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -4686,51 +4686,51 @@
       <x:c r="K50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>515612</x:v>
+        <x:v>556707</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
@@ -4743,51 +4743,51 @@
       <x:c r="K51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>556707</x:v>
+        <x:v>515612</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>78</x:v>
@@ -5374,148 +5374,148 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>597414</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>37908</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>594989</x:v>
+        <x:v>595959</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>37908</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>595959</x:v>
+        <x:v>594989</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
@@ -6137,51 +6137,51 @@
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>609857</x:v>
+        <x:v>610286</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>153</x:v>
@@ -6190,100 +6190,100 @@
       <x:c r="K78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>609862</x:v>
+        <x:v>610289</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>610286</x:v>
+        <x:v>610291</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>153</x:v>
@@ -6292,100 +6292,100 @@
       <x:c r="K80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>610289</x:v>
+        <x:v>609857</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>610291</x:v>
+        <x:v>609862</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>153</x:v>
@@ -6953,51 +6953,51 @@
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>609945</x:v>
+        <x:v>609948</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>153</x:v>
@@ -7006,100 +7006,100 @@
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>609950</x:v>
+        <x:v>610287</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>609955</x:v>
+        <x:v>610292</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>153</x:v>
@@ -7108,100 +7108,100 @@
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>609948</x:v>
+        <x:v>609874</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>610287</x:v>
+        <x:v>609858</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>153</x:v>
@@ -7210,100 +7210,100 @@
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>610292</x:v>
+        <x:v>609859</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>609874</x:v>
+        <x:v>609945</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>153</x:v>
@@ -7312,100 +7312,100 @@
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>609858</x:v>
+        <x:v>609950</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>609859</x:v>
+        <x:v>609955</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>153</x:v>
@@ -8230,51 +8230,51 @@
       <x:c r="L117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>541203</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
@@ -8289,51 +8289,51 @@
       <x:c r="L118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>539408</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -8357,156 +8357,156 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>564412</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>5226</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>577339</x:v>
+        <x:v>588544</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>5226</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>540944</x:v>
+        <x:v>577339</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
@@ -8518,227 +8518,227 @@
       <x:c r="K122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>540946</x:v>
+        <x:v>540944</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>38632</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>575994</x:v>
+        <x:v>540946</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>40287</x:v>
+        <x:v>38632</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>42710</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>600396</x:v>
+        <x:v>575994</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>40287</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>42710</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>588544</x:v>
+        <x:v>600396</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -8856,111 +8856,111 @@
       <x:c r="J128" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>540863</x:v>
+        <x:v>542482</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>542482</x:v>
+        <x:v>542483</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -8970,57 +8970,57 @@
       <x:c r="K130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>542483</x:v>
+        <x:v>540863</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9038,51 +9038,51 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>507635</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>49</x:v>
@@ -9138,62 +9138,62 @@
       <x:c r="L133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>540860</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>5226</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>49</x:v>
@@ -9362,51 +9362,51 @@
       <x:c r="L137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>493048</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
@@ -9772,100 +9772,100 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>493631</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38632</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>572147</x:v>
+        <x:v>585534</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
@@ -9945,102 +9945,102 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>542329</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38632</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>585534</x:v>
+        <x:v>572147</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -10298,51 +10298,51 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>583824</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38632</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>49</x:v>
@@ -10409,51 +10409,51 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>574220</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>49</x:v>
@@ -10466,51 +10466,51 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>600398</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>5226</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>21528</x:v>
@@ -10620,51 +10620,51 @@
       <x:c r="L159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>525643</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
@@ -10677,54 +10677,54 @@
       <x:c r="L160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>525644</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
@@ -11159,51 +11159,51 @@
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>546546</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -11395,51 +11395,51 @@
       <x:c r="M172" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>579834</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11449,51 +11449,51 @@
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>546545</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -11509,51 +11509,51 @@
       <x:c r="M174" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>579812</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>215</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11563,51 +11563,51 @@
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>496801</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
@@ -11622,51 +11622,51 @@
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>546542</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>40287</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
@@ -11795,57 +11795,57 @@
       <x:c r="K179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>608445</x:v>
+        <x:v>502441</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>263</x:v>
@@ -11856,57 +11856,57 @@
       <x:c r="K180" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>502441</x:v>
+        <x:v>608445</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
@@ -12035,51 +12035,51 @@
       <x:c r="L183" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>613857</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
@@ -12105,164 +12105,164 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>583248</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>500451</x:v>
+        <x:v>599320</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>599320</x:v>
+        <x:v>500451</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -12696,57 +12696,57 @@
       <x:c r="K194" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>501587</x:v>
+        <x:v>553701</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -12756,57 +12756,57 @@
       <x:c r="K195" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>553701</x:v>
+        <x:v>501587</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>103</x:v>
@@ -12891,285 +12891,285 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>604854</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
-        <x:v>35151</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>553710</x:v>
+        <x:v>553700</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>35151</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>553700</x:v>
+        <x:v>553710</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
-        <x:v>35966</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>607607</x:v>
+        <x:v>553306</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
-        <x:v>38761</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>553306</x:v>
+        <x:v>607607</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>103</x:v>
@@ -13194,158 +13194,158 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>553294</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>35151</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>553295</x:v>
+        <x:v>502205</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>35966</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>502205</x:v>
+        <x:v>502212</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
@@ -13361,118 +13361,118 @@
       <x:c r="K205" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>502212</x:v>
+        <x:v>607617</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>35151</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>607617</x:v>
+        <x:v>553295</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38761</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -14222,343 +14222,343 @@
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>604826</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>35151</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>501787</x:v>
+        <x:v>604085</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>37534</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
-        <x:v>21529</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>553339</x:v>
+        <x:v>604111</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>40683</x:v>
+        <x:v>35151</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>21519</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>579340</x:v>
+        <x:v>501787</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
-        <x:v>35966</x:v>
+        <x:v>37534</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21529</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>604085</x:v>
+        <x:v>553339</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>40683</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>604111</x:v>
+        <x:v>579340</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -14582,226 +14582,226 @@
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>553343</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
-        <x:v>40364</x:v>
+        <x:v>37534</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
-      <x:c r="E226" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>21529</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>579356</x:v>
+        <x:v>597807</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>38632</x:v>
+        <x:v>40364</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21529</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>520629</x:v>
+        <x:v>579356</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>37534</x:v>
+        <x:v>38632</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
-      <x:c r="E228" s="14" t="s"/>
+      <x:c r="E228" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>21529</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>597807</x:v>
+        <x:v>520629</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>36049</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -15370,51 +15370,51 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>501822</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>34312</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
@@ -15669,165 +15669,164 @@
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>501833</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
-        <x:v>39257</x:v>
+        <x:v>35151</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
-      <x:c r="E244" s="14" t="s"/>
+      <x:c r="E244" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>588406</x:v>
+        <x:v>553325</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>341</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
-        <x:v>35151</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
-      <x:c r="E245" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>553325</x:v>
+        <x:v>588406</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>103</x:v>
@@ -15852,51 +15851,51 @@
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>604107</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>40364</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
@@ -17169,359 +17168,359 @@
       <x:c r="K268" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>501972</x:v>
+        <x:v>607569</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>607574</x:v>
+        <x:v>501972</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>607569</x:v>
+        <x:v>607574</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>35151</x:v>
+        <x:v>35966</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>21519</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>552716</x:v>
+        <x:v>501898</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>38765</x:v>
+        <x:v>35151</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21519</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>552741</x:v>
+        <x:v>552716</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>35966</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>501898</x:v>
+        <x:v>552741</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>35966</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>103</x:v>
@@ -18198,164 +18197,164 @@
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>498215</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
-        <x:v>38761</x:v>
+        <x:v>38765</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>605611</x:v>
+        <x:v>504549</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>38765</x:v>
+        <x:v>38761</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>504549</x:v>
+        <x:v>605611</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>359</x:v>
@@ -19213,51 +19212,51 @@
       <x:c r="M302" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>583911</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="E303" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G303" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
@@ -19509,54 +19508,54 @@
       <x:c r="L307" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>586900</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38765</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">