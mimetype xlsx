--- v0 (2026-02-06)
+++ v1 (2026-02-06)
@@ -470,141 +470,141 @@
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Libre d'Etudes Commerciales Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation en contrat de pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS assurance (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation en contrat de pro</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation de la Profession de l'Assurance</x:t>
   </x:si>
   <x:si>
     <x:t>IFPASS</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation de la Profession de l'Assurance - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Ifte Aix</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Provence</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor Chargé d'indemnisation en assurance</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de l'Alternance Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ESAME</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
@@ -3578,57 +3578,57 @@
       <x:c r="K41" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>556939</x:v>
+        <x:v>531261</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
@@ -3637,476 +3637,478 @@
       <x:c r="K42" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>608075</x:v>
+        <x:v>556939</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>531261</x:v>
+        <x:v>608075</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
-      <x:c r="E44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>549276</x:v>
+        <x:v>556932</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
+      <x:c r="E45" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>556932</x:v>
+        <x:v>600884</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>600884</x:v>
+        <x:v>503811</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
+      <x:c r="E47" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>608074</x:v>
+        <x:v>549276</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>503811</x:v>
+        <x:v>608074</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>530478</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -4118,216 +4120,218 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>516323</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
-      <x:c r="E51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>614674</x:v>
+        <x:v>516324</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
-        <x:v>124</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
-      <x:c r="E52" s="14" t="s"/>
+      <x:c r="E52" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>614454</x:v>
+        <x:v>549204</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
+      <x:c r="E53" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>516324</x:v>
+        <x:v>503812</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>129</x:v>
@@ -4344,178 +4348,173 @@
       <x:c r="K54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>549204</x:v>
+        <x:v>614674</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>503812</x:v>
+        <x:v>614454</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>609978</x:v>
+        <x:v>517249</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -4525,305 +4524,307 @@
       <x:c r="K57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>549085</x:v>
+        <x:v>521861</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>39615</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>609980</x:v>
+        <x:v>609978</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>39615</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>549087</x:v>
+        <x:v>549085</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>124</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>39615</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
-      <x:c r="E60" s="14" t="s"/>
+      <x:c r="E60" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>517249</x:v>
+        <x:v>609980</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>39615</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>521861</x:v>
+        <x:v>549087</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -5248,75 +5249,75 @@
       <x:c r="T69" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>595668</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
@@ -5564,54 +5565,54 @@
       <x:c r="J75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>554021</x:v>
+        <x:v>554788</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
@@ -5623,54 +5624,54 @@
       <x:c r="J76" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>554788</x:v>
+        <x:v>554021</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>34171</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -5796,119 +5797,119 @@
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="S79" s="0" t="n">
+        <x:v>548679</x:v>
+      </x:c>
+      <x:c r="T79" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="S79" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>548679</x:v>
+        <x:v>499898</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5918,51 +5919,51 @@
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>548678</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
@@ -6452,51 +6453,51 @@
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>551892</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -6930,57 +6931,57 @@
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>556085</x:v>
+        <x:v>506786</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -6990,57 +6991,57 @@
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>506786</x:v>
+        <x:v>556085</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>