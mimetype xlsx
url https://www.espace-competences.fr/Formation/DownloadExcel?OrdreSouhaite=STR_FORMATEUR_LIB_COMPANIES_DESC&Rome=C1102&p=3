--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -338,98 +338,98 @@
   <x:si>
     <x:t>Assurance</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pro Sap Formations</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Pgm Learning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel conseiller commercial (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
-    <x:t>Pgm Learning</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>TOULON</x:t>
+    <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/02/2026 00:00:00</x:t>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/02/2026 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>08/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
@@ -497,56 +497,56 @@
   <x:si>
     <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de clientèles en assurance et banque (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Banque assurance</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/07/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ogec Lycée Marie-France - Cfa Marie-France</x:t>
   </x:si>
   <x:si>
     <x:t>LMF</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les fondamentaux de l'assurance prevoyance</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Neven Education</x:t>
@@ -830,71 +830,71 @@
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de clientèle banque finance assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle des particuliers en banque et assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller clientèle des particuliers et des professionnels en banque et assurance (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Souscripteur en assurance et réassurance (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de Formation de la Profession de l'Assurance</x:t>
   </x:si>
   <x:si>
     <x:t>IFPASS</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Inspection assurance</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut de Formation de la Profession de l'Assurance - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>Souscripteur en assurance et réassurance (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>07/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller commercial</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Inatec</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2025 00:00:00</x:t>
@@ -1058,57 +1058,57 @@
   <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06160</x:t>
   </x:si>
   <x:si>
     <x:t>JUAN LES PINS</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/01/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
@@ -2597,159 +2597,159 @@
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>602612</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>39109</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>41062</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>547157</x:v>
+        <x:v>547145</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>39109</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>41062</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>602594</x:v>
+        <x:v>547157</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
@@ -2758,57 +2758,57 @@
       <x:c r="K14" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>547145</x:v>
+        <x:v>602594</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -2885,986 +2885,987 @@
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>567061</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
+      <x:c r="E17" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="G17" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I17" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q17" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q17" s="4" t="s">
+      <x:c r="R17" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="R17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>611255</x:v>
+        <x:v>601508</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
-      <x:c r="E18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q18" s="16" t="s">
+      <x:c r="R18" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="R18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>601508</x:v>
+        <x:v>598546</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I19" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q19" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q19" s="4" t="s">
+      <x:c r="R19" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="R19" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>611413</x:v>
+        <x:v>617011</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q20" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q20" s="16" t="s">
+      <x:c r="R20" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="R20" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>617011</x:v>
+        <x:v>617014</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I21" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
+      <x:c r="R21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="R21" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>617014</x:v>
+        <x:v>617012</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q22" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q22" s="16" t="s">
+      <x:c r="R22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="R22" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>598546</x:v>
+        <x:v>611413</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I23" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
+      <x:c r="R23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="R23" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>617012</x:v>
+        <x:v>611255</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q24" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q24" s="16" t="s">
+      <x:c r="R24" s="14" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>611411</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I25" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q25" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q25" s="4" t="s">
+      <x:c r="R25" s="0" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>587707</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q26" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q26" s="16" t="s">
+      <x:c r="R26" s="14" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>617015</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I27" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q27" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q27" s="4" t="s">
+      <x:c r="R27" s="0" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
         <x:v>617009</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="U27" s="4" t="s">
         <x:v>98</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q28" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q28" s="16" t="s">
+      <x:c r="R28" s="14" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>601516</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I29" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q29" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q29" s="4" t="s">
+      <x:c r="R29" s="0" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>611408</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q30" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q30" s="16" t="s">
+      <x:c r="R30" s="14" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>611409</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I31" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q31" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q31" s="4" t="s">
+      <x:c r="R31" s="0" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>617010</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q32" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q32" s="16" t="s">
+      <x:c r="R32" s="14" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>617013</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="I33" s="4" t="s">
         <x:v>90</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>91</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="Q33" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
-      <x:c r="Q33" s="4" t="s">
+      <x:c r="R33" s="0" t="s">
         <x:v>91</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>93</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>572319</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -3995,51 +3996,51 @@
       <x:c r="J36" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>555535</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4052,51 +4053,51 @@
       <x:c r="J37" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>609444</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4111,51 +4112,51 @@
       <x:c r="J38" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>506639</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4346,114 +4347,114 @@
       <x:c r="K42" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>573919</x:v>
+        <x:v>606974</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>606974</x:v>
+        <x:v>573919</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>130</x:v>
@@ -4461,51 +4462,51 @@
       <x:c r="J44" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>583406</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4521,51 +4522,51 @@
       <x:c r="J45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>607793</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -4580,51 +4581,51 @@
       <x:c r="L46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>614280</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
@@ -4690,102 +4691,102 @@
       <x:c r="L48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>41037</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>616787</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>505958</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -6861,57 +6862,57 @@
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>556939</x:v>
+        <x:v>608075</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
@@ -6920,173 +6921,173 @@
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>608075</x:v>
+        <x:v>556939</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>586499</x:v>
+        <x:v>556962</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>36978</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>556962</x:v>
+        <x:v>608074</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -7110,162 +7111,159 @@
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>503811</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>608074</x:v>
+        <x:v>586499</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
-      <x:c r="E91" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>549276</x:v>
+        <x:v>530478</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
@@ -7288,219 +7286,221 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>608096</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>36978</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>549286</x:v>
+        <x:v>549276</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>556966</x:v>
+        <x:v>549286</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>36978</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>530478</x:v>
+        <x:v>556966</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -7879,868 +7879,868 @@
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>516323</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>35538</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>549249</x:v>
+        <x:v>549204</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>146</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>252</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>41716</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
-      <x:c r="E104" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>614707</x:v>
+        <x:v>614454</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>38359</x:v>
+        <x:v>41716</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
+      <x:c r="E105" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>516324</x:v>
+        <x:v>614707</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s"/>
+      <x:c r="E106" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>614454</x:v>
+        <x:v>549249</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
-      <x:c r="E107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>549204</x:v>
+        <x:v>516324</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>39615</x:v>
+        <x:v>41338</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41015</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>549087</x:v>
+        <x:v>609986</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>41338</x:v>
+        <x:v>39615</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>41015</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="P109" s="0" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>609986</x:v>
+        <x:v>549087</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>521861</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>517249</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>609978</x:v>
+        <x:v>549085</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>549085</x:v>
+        <x:v>609978</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>39615</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>609980</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>41338</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>41015</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="P115" s="0" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>609985</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>515309</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
@@ -8999,51 +8999,51 @@
       <x:c r="L121" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>567446</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
@@ -9395,114 +9395,114 @@
       <x:c r="K128" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>495426</x:v>
+        <x:v>616217</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>545028</x:v>
+        <x:v>495426</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
@@ -9511,57 +9511,57 @@
       <x:c r="K130" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>616217</x:v>
+        <x:v>545028</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39619</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -9971,51 +9971,51 @@
       <x:c r="M138" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>552065</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
@@ -10248,51 +10248,51 @@
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>586196</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
@@ -10362,51 +10362,51 @@
       <x:c r="J145" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>553381</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -10421,51 +10421,51 @@
       <x:c r="J146" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>553395</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -10478,51 +10478,51 @@
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>609142</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
@@ -10535,51 +10535,51 @@
       <x:c r="J148" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>567943</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>36978</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
@@ -10589,51 +10589,51 @@
       <x:c r="J149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>565260</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
@@ -11053,51 +11053,51 @@
       <x:c r="L157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>601825</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35964</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
@@ -11285,51 +11285,51 @@
       <x:c r="L161" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>15054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>514406</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>35964</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
@@ -11458,51 +11458,51 @@
       <x:c r="J164" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>613351</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
@@ -11512,51 +11512,51 @@
       <x:c r="J165" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>613357</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
@@ -11569,162 +11569,162 @@
       <x:c r="J166" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>557310</x:v>
+        <x:v>613360</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>613360</x:v>
+        <x:v>557310</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>557311</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
@@ -11734,51 +11734,51 @@
       <x:c r="J169" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>613355</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
@@ -11791,216 +11791,216 @@
       <x:c r="J170" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>557309</x:v>
+        <x:v>613354</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>557312</x:v>
+        <x:v>557309</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>613354</x:v>
+        <x:v>557312</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>116</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>613349</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
@@ -12013,51 +12013,51 @@
       <x:c r="J174" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>613352</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
@@ -12067,51 +12067,51 @@
       <x:c r="J175" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>613359</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12126,51 +12126,51 @@
       <x:c r="J176" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>605538</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12183,51 +12183,51 @@
       <x:c r="J177" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>557581</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
@@ -12240,51 +12240,51 @@
       <x:c r="J178" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>613350</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
@@ -12294,108 +12294,108 @@
       <x:c r="J179" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>613353</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="U179" s="4" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>613356</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
@@ -12405,51 +12405,51 @@
       <x:c r="J181" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>613358</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
@@ -12641,51 +12641,51 @@
       <x:c r="L185" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>548679</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
@@ -12816,51 +12816,51 @@
       <x:c r="L188" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>548678</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -13000,222 +13000,222 @@
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>552325</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
-        <x:v>38359</x:v>
+        <x:v>39619</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>41036</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>496112</x:v>
+        <x:v>599664</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>39619</x:v>
+        <x:v>39610</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>41054</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>599664</x:v>
+        <x:v>546437</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>39610</x:v>
+        <x:v>38359</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
-        <x:v>41083</x:v>
+        <x:v>41036</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>546437</x:v>
+        <x:v>496112</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
@@ -13421,165 +13421,164 @@
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>570282</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
-      <x:c r="E199" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>608849</x:v>
+        <x:v>621482</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
-      <x:c r="E200" s="14" t="s"/>
+      <x:c r="E200" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>621482</x:v>
+        <x:v>608849</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
@@ -13722,164 +13721,164 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>570280</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>35538</x:v>
+        <x:v>38440</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
-        <x:v>41054</x:v>
+        <x:v>41083</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>570268</x:v>
+        <x:v>570276</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>38440</x:v>
+        <x:v>35538</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
-        <x:v>41083</x:v>
+        <x:v>41054</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>570276</x:v>
+        <x:v>570268</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>38440</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>365</x:v>
@@ -14308,57 +14307,57 @@
       <x:c r="K213" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>555841</x:v>
+        <x:v>608487</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>189</x:v>
@@ -14369,57 +14368,57 @@
       <x:c r="K214" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>608487</x:v>
+        <x:v>555841</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
@@ -14664,228 +14663,227 @@
       <x:c r="K219" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>600042</x:v>
+        <x:v>548173</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>622631</x:v>
+        <x:v>598726</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
-      <x:c r="E221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>548173</x:v>
+        <x:v>622631</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
-      <x:c r="E222" s="14" t="s"/>
+      <x:c r="E222" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>598726</x:v>
+        <x:v>600042</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
@@ -15000,114 +14998,114 @@
       <x:c r="K225" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>583313</x:v>
+        <x:v>622629</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>384</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>622629</x:v>
+        <x:v>583313</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
@@ -15230,51 +15228,51 @@
       <x:c r="L229" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>601767</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>393</x:v>
@@ -15651,51 +15649,51 @@
       <x:c r="L236" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>601006</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>36591</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
@@ -15711,51 +15709,51 @@
       <x:c r="L237" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>41083</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>551868</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>408</x:v>
@@ -15772,51 +15770,51 @@
       <x:c r="L238" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>551892</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>39743</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
@@ -16250,51 +16248,51 @@
       <x:c r="M246" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>549117</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38359</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>411</x:v>
       </x:c>