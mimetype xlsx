--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -539,123 +539,123 @@
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor illustration</x:t>
   </x:si>
   <x:si>
     <x:t>Condé Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
+    <x:t>Designer - manager de projet option design de mode (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Condé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Condé - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Designer - manager de projet option design produit et mobilier (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Designer - manager de projet option design en recherche, innovation et développement (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole de Condé</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Designer - manager de projet option design graphique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ade Holding</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design produit, mobilier (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Peintre en décor du patrimoine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole d'Avignon - Centre de Formation à la Réhabilitation du Patrimoine Architectural</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFRPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Le dessin d'architecture à l'aquarelle</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole d'Avignon - Centre de Formation à la Réhabilitation du Patrimoine Architectural</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Dessin art</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le dessin d'observation</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Faux bois</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Faux ciels</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
@@ -2762,154 +2762,154 @@
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>595939</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>37226</x:v>
+        <x:v>36752</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>595946</x:v>
+        <x:v>595532</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>36752</x:v>
+        <x:v>37226</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>595532</x:v>
+        <x:v>595946</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40638</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3729,51 +3729,51 @@
       <x:c r="K43" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>522315</x:v>
+        <x:v>522301</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
@@ -3786,51 +3786,51 @@
       <x:c r="K44" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>522301</x:v>
+        <x:v>522311</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
@@ -3840,51 +3840,51 @@
       <x:c r="K45" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>522311</x:v>
+        <x:v>522315</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
@@ -4140,199 +4140,199 @@
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>516315</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C51" s="3" t="s"/>
+      <x:c r="C51" s="3" t="n">
+        <x:v>36497</x:v>
+      </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
+      <x:c r="J51" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>45057</x:v>
+        <x:v>45501</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>614855</x:v>
+        <x:v>573299</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>614938</x:v>
+        <x:v>614855</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>177</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="J53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>45501</x:v>
+        <x:v>45057</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>573299</x:v>
+        <x:v>614938</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -4357,77 +4357,77 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>614833</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>614940</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
@@ -4438,51 +4438,51 @@
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>614834</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
@@ -4490,51 +4490,51 @@
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>614869</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -4678,184 +4678,184 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>573318</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C61" s="3" t="s"/>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>614936</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>614941</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>45057</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>614857</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
@@ -5198,145 +5198,145 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>616267</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>45066</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>612650</x:v>
+        <x:v>615705</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>45554</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>615705</x:v>
+        <x:v>612650</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>