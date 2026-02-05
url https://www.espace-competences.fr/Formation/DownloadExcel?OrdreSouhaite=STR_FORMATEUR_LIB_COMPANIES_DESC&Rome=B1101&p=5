--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -539,72 +539,72 @@
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor illustration</x:t>
   </x:si>
   <x:si>
     <x:t>Condé Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
+    <x:t>Designer - manager de projet option design en recherche, innovation et développement (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Condé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole de Condé - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Designer - manager de projet option design de mode (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole de Condé</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Designer - manager de projet option design produit et mobilier (Contrat de Professionnalisation)</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Designer - manager de projet option design en recherche, innovation et développement (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design graphique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Ade Holding</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Condé - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design produit, mobilier (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Le dessin d'architecture à l'aquarelle</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole d'Avignon - Centre de Formation à la Réhabilitation du Patrimoine Architectural</x:t>
   </x:si>
   <x:si>
     <x:t>CFRPA</x:t>
   </x:si>
@@ -3729,51 +3729,51 @@
       <x:c r="K43" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>522301</x:v>
+        <x:v>522315</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
@@ -3786,51 +3786,51 @@
       <x:c r="K44" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>522311</x:v>
+        <x:v>522301</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
@@ -3840,51 +3840,51 @@
       <x:c r="K45" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>522315</x:v>
+        <x:v>522311</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
@@ -5198,145 +5198,145 @@
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>616267</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
-        <x:v>45554</x:v>
+        <x:v>45066</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>615705</x:v>
+        <x:v>612650</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>45066</x:v>
+        <x:v>45554</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>612650</x:v>
+        <x:v>615705</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>