--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -269,59 +269,59 @@
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>13410</x:t>
   </x:si>
   <x:si>
     <x:t>LAMBESC</x:t>
   </x:si>
   <x:si>
     <x:t>13310</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARTIN-DE-CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro conduite et gestion de l'entreprise agricole (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale Rhône Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Maison Familiale et Rurale du Canton de Lambesc</x:t>
   </x:si>
   <x:si>
     <x:t>Polyculture</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA agronomie et cultures durables (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Haut Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Grande culture</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien entrepreneur en agriculture (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale de Beauchamp</x:t>
@@ -638,59 +638,59 @@
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stage en exploitation agricole - Plan de Professionnalisation Personnalisé (PPP)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre Départementale d'Agriculture du Var</x:t>
   </x:si>
   <x:si>
     <x:t>83006</x:t>
   </x:si>
   <x:si>
     <x:t>Installation agriculteur</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
+    <x:t>02/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Stage parrainage en exploitation agricole</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre Départementale d'Agriculture des Alpes de Haute Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Saint Rémy de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
@@ -713,117 +713,117 @@
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Découverte des métiers de l'agriculture et de l'agroalimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carmejane</x:t>
   </x:si>
   <x:si>
+    <x:t>09/10/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>BP option responsable d'entreprise agricole BC04 Assurer la gestion technico-économique, financière et administrative de l’entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>FORCALQUIER</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/10/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BPA option ouvrier d'élevage de ruminants et de cultures fourragères (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>BP option responsable d'entreprise agricole BC06 Transformer la production animale ou végétale, ou mettre en œuvre une activité ou une prestation de service, ou réaliser les opérations de conduite d'un atelier de production animale ou végétale</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle et de Promotion Agricole Antibes</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Compétences climat : agroécologie et adaptation aux changements</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>NICE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84911</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
@@ -2064,57 +2064,57 @@
       <x:c r="K12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>497672</x:v>
+        <x:v>600439</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="U12" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -2124,178 +2124,178 @@
       <x:c r="K13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>600439</x:v>
+        <x:v>497672</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>29267</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>21040</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>459111</x:v>
+        <x:v>599636</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>39836</x:v>
+        <x:v>38316</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>599636</x:v>
+        <x:v>512505</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>59</x:v>
@@ -2306,57 +2306,57 @@
       <x:c r="K16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>512505</x:v>
+        <x:v>558670</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38316</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -2366,118 +2366,118 @@
       <x:c r="K17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>558670</x:v>
+        <x:v>599634</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38316</x:v>
+        <x:v>29267</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>599634</x:v>
+        <x:v>459111</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
@@ -3142,139 +3142,139 @@
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>605829</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>595477</x:v>
+        <x:v>592948</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>12233</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>592948</x:v>
+        <x:v>595477</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>29267</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -3650,57 +3650,57 @@
       <x:c r="K39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>555700</x:v>
+        <x:v>605819</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>96</x:v>
@@ -3708,114 +3708,114 @@
       <x:c r="J40" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>605820</x:v>
+        <x:v>555700</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>605819</x:v>
+        <x:v>605820</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G42" s="14" t="s">
         <x:v>121</x:v>
@@ -4454,51 +4454,51 @@
       <x:c r="K53" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>21060</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>614021</x:v>
+        <x:v>614020</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>186</x:v>
@@ -4507,51 +4507,51 @@
       <x:c r="K54" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>21060</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>614020</x:v>
+        <x:v>614021</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>124</x:v>
@@ -5048,107 +5048,109 @@
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>605817</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
-        <x:v>37</x:v>
-[...1 lines deleted...]
-      <x:c r="F64" s="14" t="s"/>
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F64" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
       <x:c r="G64" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>496447</x:v>
+        <x:v>583529</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -5158,120 +5160,118 @@
       <x:c r="K65" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>549867</x:v>
+        <x:v>496447</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>106</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
-        <x:v>131</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>583529</x:v>
+        <x:v>549867</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>112</x:v>
@@ -5535,407 +5535,405 @@
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>605827</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
-      <x:c r="E72" s="14" t="s"/>
-      <x:c r="F72" s="14" t="s"/>
+      <x:c r="E72" s="14" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="F72" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
       <x:c r="G72" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>590137</x:v>
+        <x:v>583941</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
-      <x:c r="E73" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G73" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>583941</x:v>
+        <x:v>590137</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>39836</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>496451</x:v>
+        <x:v>549799</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>38093</x:v>
+        <x:v>39836</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>496393</x:v>
+        <x:v>496451</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>38093</x:v>
+        <x:v>39065</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>12598</x:v>
+        <x:v>21040</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>549799</x:v>
+        <x:v>605907</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>39065</x:v>
+        <x:v>38093</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>21040</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>605907</x:v>
+        <x:v>496393</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>96</x:v>
@@ -6068,225 +6066,224 @@
       <x:c r="M80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>21052</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>583522</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>130</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="J81" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
-        <x:v>12598</x:v>
+        <x:v>21054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>583521</x:v>
+        <x:v>583525</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>228</x:v>
-[...1 lines deleted...]
-      <x:c r="C82" s="15" t="s"/>
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="C82" s="15" t="n">
+        <x:v>38093</x:v>
+      </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G82" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="J82" s="14" t="s"/>
+      <x:c r="J82" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>21052</x:v>
+        <x:v>12598</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>583523</x:v>
+        <x:v>583521</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>21054</x:v>
+        <x:v>21052</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>583525</x:v>
+        <x:v>583523</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38093</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>94</x:v>