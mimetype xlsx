--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -266,80 +266,80 @@
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>EYRAGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac pro conduite et gestion d'une entreprise du secteur canin et félin (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maison Familiale et Rurale de Beauchamp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro conduite d'activités d'élevage et d'hébergement dans le secteur canin-félin (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>OPCO</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac pro conduite et gestion d'une entreprise du secteur canin et félin (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Géophysique</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
@@ -377,99 +377,99 @@
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Filière Animale - Esav Institut Bonaparte - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire spécialisé vétérinaire</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Bonaparte</x:t>
   </x:si>
   <x:si>
     <x:t>Massage félin</x:t>
   </x:si>
   <x:si>
     <x:t>Hélène Mouls - Canis Wellness</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Aptitude à la détention de chien de catégorie 1 et 2</x:t>
   </x:si>
   <x:si>
     <x:t>Gaëlle Olivares - Era Novis Bellator</x:t>
   </x:si>
   <x:si>
     <x:t>13730</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-VICTORET</x:t>
   </x:si>
   <x:si>
+    <x:t>12/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Educateur canin spécialisé au comportement, à la médiation et à la législation des chiens de catégorie</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/16/2026 00:00:00</x:t>
   </x:si>
@@ -1875,276 +1875,276 @@
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>597550</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>39155</x:v>
+        <x:v>14039</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>607244</x:v>
+        <x:v>446022</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>607245</x:v>
+        <x:v>607244</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>506306</x:v>
+        <x:v>607245</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>14039</x:v>
+        <x:v>39155</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>446022</x:v>
+        <x:v>506306</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>58</x:v>
@@ -2155,51 +2155,51 @@
       <x:c r="M19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>595476</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
@@ -2208,153 +2208,153 @@
       <x:c r="M20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>12233</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>592949</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>595477</x:v>
+        <x:v>592948</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>12233</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>592948</x:v>
+        <x:v>595477</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -2603,57 +2603,57 @@
       <x:c r="K27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>598830</x:v>
+        <x:v>573915</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="U27" s="4" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
@@ -2662,54 +2662,54 @@
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>573915</x:v>
+        <x:v>598830</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -2878,100 +2878,100 @@
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>606596</x:v>
+        <x:v>606608</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>606597</x:v>
+        <x:v>606596</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>114</x:v>
@@ -2980,51 +2980,51 @@
       <x:c r="K34" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>606608</x:v>
+        <x:v>606597</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>25</x:v>
@@ -3035,51 +3035,51 @@
       <x:c r="M35" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>599874</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
@@ -4026,51 +4026,51 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>614014</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
@@ -4078,51 +4078,51 @@
       <x:c r="M55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>605894</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
@@ -4180,51 +4180,51 @@
       <x:c r="L57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>589576</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -4235,51 +4235,51 @@
       <x:c r="L58" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>12010</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>589575</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">