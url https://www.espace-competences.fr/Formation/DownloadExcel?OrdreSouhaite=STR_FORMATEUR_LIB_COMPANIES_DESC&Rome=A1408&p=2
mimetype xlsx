--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -188,62 +188,62 @@
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Educateur canin</x:t>
   </x:si>
   <x:si>
     <x:t>01/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Educateur comportementaliste canin</x:t>
   </x:si>
   <x:si>
     <x:t>Maître-chien</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Élevage canin et félin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public</x:t>
+  </x:si>
+  <x:si>
     <x:t>Soigneur animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Soin animalier</x:t>
   </x:si>
   <x:si>
-    <x:t>Élevage canin et félin</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Elevage canin</x:t>
   </x:si>
   <x:si>
     <x:t>Massage canin et félin</x:t>
   </x:si>
   <x:si>
     <x:t>Comportementaliste animalier</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant en médiation animale</x:t>
   </x:si>
   <x:si>
     <x:t>Pet Sitter</x:t>
   </x:si>
   <x:si>
     <x:t>Snob Dog Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13382</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
@@ -473,60 +473,60 @@
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>11/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fidèle Instinct</x:t>
   </x:si>
   <x:si>
     <x:t>06450</x:t>
   </x:si>
   <x:si>
     <x:t>LE BROC</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation Animale option chien</x:t>
   </x:si>
   <x:si>
     <x:t>Education et Rééducation Canine</x:t>
   </x:si>
   <x:si>
     <x:t>ERC</x:t>
   </x:si>
@@ -1369,128 +1369,128 @@
         <x:v>527366</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>512132</x:v>
+        <x:v>521301</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s"/>
       <x:c r="K6" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
-        <x:v>42002</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>521301</x:v>
+        <x:v>512132</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>25</x:v>
@@ -1536,51 +1536,51 @@
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>533260</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
@@ -1740,100 +1740,100 @@
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>572602</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>572603</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
@@ -1894,51 +1894,51 @@
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>607245</x:v>
       </x:c>
@@ -1955,51 +1955,51 @@
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>14039</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>446022</x:v>
       </x:c>
@@ -2015,51 +2015,51 @@
         <x:v>64</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>506306</x:v>
       </x:c>
@@ -2076,51 +2076,51 @@
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>607244</x:v>
       </x:c>
@@ -2340,51 +2340,51 @@
         <x:v>64</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>607828</x:v>
       </x:c>
@@ -2401,51 +2401,51 @@
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>607826</x:v>
       </x:c>
@@ -2461,51 +2461,51 @@
         <x:v>64</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>581478</x:v>
       </x:c>
@@ -2522,51 +2522,51 @@
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>581477</x:v>
       </x:c>
@@ -2813,51 +2813,51 @@
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>616880</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
@@ -3504,247 +3504,247 @@
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>606596</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>42005</x:v>
+        <x:v>42002</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>599886</x:v>
+        <x:v>606598</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>606598</x:v>
+        <x:v>606601</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>606601</x:v>
+        <x:v>606606</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>42002</x:v>
+        <x:v>42005</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>606606</x:v>
+        <x:v>599886</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>60</x:v>
@@ -3853,91 +3853,91 @@
       <x:c r="L51" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42005</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>590889</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>603763</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
@@ -4048,51 +4048,51 @@
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39155</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42002</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>605894</x:v>
       </x:c>
@@ -4113,51 +4113,51 @@
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>597090</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">