--- v1 (2026-02-04)
+++ v2 (2026-02-04)
@@ -347,59 +347,59 @@
   <x:si>
     <x:t>Master mention traitement du signal et des images parcours compétences complémentaires en informatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement signal</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours Ingénierie du développement logiciel parcours ingénierie du développement logiciel</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours  intelligence artificielle et apprentissage automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours géométrie et informatique graphique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention informatique parcours fiabilité et sécurité informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention réseaux et télécommunication parcours Internet of Things</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention métiers du décisionnel et de la statistique parcours informatique décisionnelle, statistiques et big data</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse de données</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention informatique parcours informatique et mathématiques discrètes</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention traitement du signal et des images parcours traitement du signal et des images</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie des systèmes d'information étendus</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention méthodes informatiques appliquées à la gestion des entreprises - MIAGE parcours ingénierie informatique des données</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la santé : technologies parcours maintenance et technologie biomédicales</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion données massives</x:t>
@@ -506,74 +506,74 @@
   <x:si>
     <x:t>09/29/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bachelor cybersécurité (Ynov)</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement logiciel, mobile et loT (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - cybersécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>expert en cybersécurité</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation Data Engineer - développement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique spécialisation expert en intelligence artificielle - IA &amp; DATA (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - cybersécurité (Apprentissage)</x:t>
+    <x:t>ingénieur en science des données spécialisé en infrastructure data ou en apprentissage automatique</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>expert en cybersécurité</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation Expert DevOps (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation expert en développement web</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation expert en DevSecOps et infrastructure en santé numérique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architecture des systèmes d’information</x:t>
   </x:si>
   <x:si>
     <x:t>Expert informatique et systèmes d'information spécialisation data engineer et data scientist (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2023 00:00:00</x:t>
@@ -653,62 +653,62 @@
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC01 Administrer et sécuriser les infrastructures</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC02 Concevoir et mettre en œuvre une solution en réponse à un besoin d'évolution</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées BC03 Participer à la gestion de la cybersécurité</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées</x:t>
   </x:si>
   <x:si>
+    <x:t>Sécurité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administration d'un serveur Linux</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel administrateur d'infrastructures sécurisées (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Sécurité informatique</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Association Cool - L'Informatique pour Tous</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
@@ -725,56 +725,56 @@
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>SAINTE-MAXIME</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
+    <x:t>MEYREUIL</x:t>
+  </x:si>
+  <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
-    <x:t>MEYREUIL</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>TRETS</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
@@ -854,122 +854,122 @@
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. cybersécurité des systèmes complexes pour l'Industrie et la Défense (Centrale Méditerranée - EAE)</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>master mention traitement du signal et des images</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager en architecture et applications logicielles des systèmes d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Architecture web</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager en infrastructures et cybersécurité des systèmes d'information (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/12/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Administrateur systèmes et réseaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réseau local</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Concepteur développeur d'applications (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Cesi Association</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Développement application mobile</x:t>
   </x:si>
   <x:si>
-    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager en architecture et applications logicielles des systèmes d'information (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager en infrastructures et cybersécurité des systèmes d'information (Apprentissage)</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
@@ -1235,59 +1235,59 @@
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mastère spécialisé cyber sécurité des systèmes complexes pour l'industrie et la Défense</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Centrale de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>ECM</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CentraleDigitalLab</x:t>
   </x:si>
   <x:si>
     <x:t>Intelligence artificielle</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>École de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>13651</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de l'air et de l'espace</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>expert en études et développement du système d'information</x:t>
   </x:si>
   <x:si>
     <x:t>My digital school Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Architecte de systèmes d'information</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole pour l'Informatique et les Nouvelles Technologies</x:t>
@@ -1529,59 +1529,59 @@
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en architectures systèmes-réseaux et en sécurité informatique spécialisation systèmes, réseaux et cloud computing - Sécurité informatique (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie informatique spécialisation ingénierie mobile et objets connectés (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chef de projet logiciel et réseau spécialisation systèmes, réseaux et cloud computing (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en ingénierie informatique spécialisation ingénierie de la blockchain (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en ingénierie informatique spécialisation ingénierie mobile et objets connectés (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet système d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut International Ingénierie Informatique et Management</x:t>
   </x:si>
   <x:si>
     <x:t>4IM</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
@@ -2402,74 +2402,74 @@
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en ingénierie et science des données (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/27/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en data science - Data Engineer</x:t>
   </x:si>
   <x:si>
     <x:t>Data science</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en ingénierie et science des données</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/27/2028 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Data Analyst - Diplôme d'établissement</x:t>
   </x:si>
   <x:si>
     <x:t>11/09/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse de données - bootcamp</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/26/2027 00:00:00</x:t>
@@ -2483,201 +2483,201 @@
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en infrastructures de données massives (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Simplon.co - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en infrastructures de données massives (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Simplon.co - Antenne Marseille</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité cybersécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sophia Ynov Campus</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en architecture des systèmes d’information spécialisation Expert Cloud, sécurité et infrastructure (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Sophia Ynov Campus</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Expert informatique et systèmes d'information (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Nice Sophia Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité cybersécurité (Apprentissage)</x:t>
+    <x:t>Titre professionnel administrateur d'infrastructures sécurisées spécialisation informatique - Spécialité infrastructure et réseaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel administrateur système DevOps</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Training Expert Management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ufip - Ufitech - Les Anglades</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Expert en ingénierie informatique (systèmes et réseaux ou services et solutions logicielles)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cloud Computing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité informatique parcours réalisation d'applications : conception, développement, validation (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité mathématiques appliquées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modèle mathématique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours cybersécurité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours développement système et cloud (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité réseaux &amp; télécommunications parcours internet des objets et mobilité (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention innovation, entreprise et société</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Science politique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention économie des organisations</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connaissance entreprise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
-  </x:si>
-[...112 lines deleted...]
-    <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers du décisionnel et de la statistique</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers de la santé : technologies</x:t>
   </x:si>
@@ -4574,212 +4574,212 @@
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>574995</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>574908</x:v>
+        <x:v>574958</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
-        <x:v>40288</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>574942</x:v>
+        <x:v>574908</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>39278</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>574958</x:v>
+        <x:v>574942</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39003</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -6026,556 +6026,556 @@
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>605010</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>40897</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>604997</x:v>
+        <x:v>549735</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>40897</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
-      <x:c r="E50" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>549753</x:v>
+        <x:v>606178</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>549759</x:v>
+        <x:v>549753</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39586</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>549760</x:v>
+        <x:v>549759</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>549735</x:v>
+        <x:v>549760</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>35078</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>506858</x:v>
+        <x:v>604997</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>35078</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>506862</x:v>
+        <x:v>615894</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>40897</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>606178</x:v>
+        <x:v>506858</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>39586</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
+      <x:c r="E57" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>615894</x:v>
+        <x:v>506862</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>35078</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
@@ -7869,151 +7869,145 @@
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>558396</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>194</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
-      <x:c r="E82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="J82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31006</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>598916</x:v>
+        <x:v>510084</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>31006</x:v>
+        <x:v>31021</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>510084</x:v>
+        <x:v>606599</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -8034,95 +8028,103 @@
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>558379</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C85" s="3" t="s"/>
+      <x:c r="C85" s="3" t="n">
+        <x:v>37680</x:v>
+      </x:c>
       <x:c r="D85" s="3" t="s"/>
+      <x:c r="E85" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
+      <x:c r="J85" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>31021</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>606599</x:v>
+        <x:v>598916</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
@@ -9040,258 +9042,258 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>612695</x:v>
+        <x:v>612631</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>612701</x:v>
+        <x:v>612634</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>612707</x:v>
+        <x:v>612695</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>612631</x:v>
+        <x:v>612701</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>612634</x:v>
+        <x:v>612707</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
@@ -9448,51 +9450,51 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>603691</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>199</x:v>
@@ -10570,156 +10572,156 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>603712</x:v>
+        <x:v>603708</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>603713</x:v>
+        <x:v>603712</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>603708</x:v>
+        <x:v>603713</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
@@ -11861,51 +11863,51 @@
       <x:c r="J159" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>597722</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38172</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
@@ -11969,51 +11971,51 @@
       <x:c r="G161" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>556634</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
@@ -12030,100 +12032,100 @@
       <x:c r="G162" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>556597</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>594244</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
@@ -12219,744 +12221,744 @@
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>592084</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>36490</x:v>
+        <x:v>38778</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>31089</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>549310</x:v>
+        <x:v>600220</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>38778</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>31010</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>549330</x:v>
+        <x:v>542189</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="U167" s="4" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>38779</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>549331</x:v>
+        <x:v>600204</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>38778</x:v>
+        <x:v>36075</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>31010</x:v>
+        <x:v>24210</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>600220</x:v>
+        <x:v>509550</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>38779</x:v>
+        <x:v>36490</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31089</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>542189</x:v>
+        <x:v>549310</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>36075</x:v>
+        <x:v>38778</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>24210</x:v>
+        <x:v>31010</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>600204</x:v>
+        <x:v>549330</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>36075</x:v>
+        <x:v>38779</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>24210</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>509550</x:v>
+        <x:v>549331</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>36490</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>31089</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>600213</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>270</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38778</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>271</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>542186</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>600221</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>275</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36490</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>31089</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>509556</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>284</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>549303</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -12971,167 +12973,167 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>549300</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>549291</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>36075</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24210</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>601236</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>33</x:v>
@@ -13144,51 +13146,51 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>542192</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38779</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -13231,51 +13233,51 @@
         <x:v>40612</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>592576</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
@@ -13288,51 +13290,51 @@
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>592577</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
@@ -13539,51 +13541,51 @@
       <x:c r="J188" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>564562</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -13599,51 +13601,51 @@
       <x:c r="J189" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>510433</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -13660,51 +13662,51 @@
       <x:c r="J190" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>510493</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -13720,51 +13722,51 @@
       <x:c r="J191" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>471084</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -13781,51 +13783,51 @@
       <x:c r="J192" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>547223</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -13841,51 +13843,51 @@
       <x:c r="J193" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>510429</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -13902,51 +13904,51 @@
       <x:c r="J194" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>547219</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -13962,51 +13964,51 @@
       <x:c r="J195" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>446095</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>39237</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -14339,51 +14341,51 @@
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>504740</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
@@ -15979,51 +15981,51 @@
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>601329</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
@@ -16205,51 +16207,51 @@
       <x:c r="G237" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>571008</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
@@ -16262,51 +16264,51 @@
       <x:c r="G238" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>615187</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
@@ -16326,112 +16328,112 @@
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>31028</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>546146</x:v>
+        <x:v>598282</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>31028</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>598282</x:v>
+        <x:v>546146</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>42</x:v>
@@ -16474,51 +16476,51 @@
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>594243</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
@@ -17250,51 +17252,51 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>594695</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -17309,51 +17311,51 @@
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>552931</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>122</x:v>
@@ -17732,51 +17734,51 @@
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>501620</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
@@ -18114,51 +18116,51 @@
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>520242</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
@@ -18167,51 +18169,51 @@
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>517112</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
@@ -18358,51 +18360,51 @@
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>588537</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -18417,51 +18419,51 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>549514</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>33</x:v>
@@ -18474,51 +18476,51 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>549513</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -18576,57 +18578,57 @@
       <x:c r="K279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>517234</x:v>
+        <x:v>608352</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>37488</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
@@ -18635,150 +18637,150 @@
       <x:c r="K280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>608352</x:v>
+        <x:v>517234</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>572255</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>534509</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -18924,560 +18926,560 @@
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>550914</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>36296</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>550910</x:v>
+        <x:v>534965</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>550953</x:v>
+        <x:v>534969</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>534967</x:v>
+        <x:v>535026</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
-        <x:v>36296</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>534965</x:v>
+        <x:v>551044</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>534969</x:v>
+        <x:v>534939</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>535026</x:v>
+        <x:v>535022</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>551044</x:v>
+        <x:v>550910</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>34568</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>534939</x:v>
+        <x:v>550953</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>535022</x:v>
+        <x:v>534967</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
@@ -19504,95 +19506,95 @@
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>551039</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>614700</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
@@ -19605,129 +19607,129 @@
       <x:c r="J297" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>588395</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>549272</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>42</x:v>
@@ -20251,51 +20253,51 @@
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I308" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>523223</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
@@ -21067,100 +21069,100 @@
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>596819</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>542271</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
@@ -21218,51 +21220,51 @@
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>611739</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
@@ -21271,177 +21273,177 @@
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>611741</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>534</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>611746</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
         <x:v>555619</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21539,51 +21541,51 @@
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>600777</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
@@ -22057,51 +22059,51 @@
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>573280</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>33</x:v>
@@ -22328,51 +22330,51 @@
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>584266</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>550</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -22387,51 +22389,51 @@
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>605580</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>33</x:v>
@@ -22676,51 +22678,51 @@
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>605596</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -23665,161 +23667,163 @@
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>600</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>558640</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>601</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
-        <x:v>40102</x:v>
+        <x:v>37488</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
-      <x:c r="E370" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>469</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>614634</x:v>
+        <x:v>596940</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>565</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>567</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
-        <x:v>37488</x:v>
+        <x:v>40102</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
+      <x:c r="E371" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G371" s="0" t="s">
-        <x:v>597</x:v>
+        <x:v>469</x:v>
+      </x:c>
+      <x:c r="H371" s="0" t="s">
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>599</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>596940</x:v>
+        <x:v>614634</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
@@ -23888,51 +23892,51 @@
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>594688</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -26403,51 +26407,51 @@
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>605331</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
@@ -26456,77 +26460,77 @@
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s"/>
       <x:c r="K422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>605312</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>33</x:v>
@@ -26539,51 +26543,51 @@
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>555057</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>698</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -26598,51 +26602,51 @@
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>555058</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>33</x:v>
@@ -26655,51 +26659,51 @@
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>607732</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>699</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -26974,51 +26978,51 @@
       <x:c r="E431" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>534876</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
@@ -27175,167 +27179,167 @@
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>535025</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>488</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
-        <x:v>34568</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
-        <x:v>534941</x:v>
+        <x:v>551041</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
-        <x:v>37744</x:v>
+        <x:v>34568</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K436" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O436" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P436" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q436" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R436" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
-        <x:v>551041</x:v>
+        <x:v>534941</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="E437" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G437" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>122</x:v>
@@ -27348,51 +27352,51 @@
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>535023</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -27438,77 +27442,77 @@
       <x:c r="E439" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G439" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>31010</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>550917</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>37744</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -27523,159 +27527,159 @@
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>551046</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
-        <x:v>37744</x:v>
+        <x:v>36296</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>550955</x:v>
+        <x:v>534968</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
-        <x:v>484</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
-        <x:v>36296</x:v>
+        <x:v>37744</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>534968</x:v>
+        <x:v>550955</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="C443" s="3" t="s"/>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>122</x:v>
@@ -27817,51 +27821,51 @@
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s"/>
       <x:c r="K446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>578375</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
@@ -28186,51 +28190,51 @@
       <x:c r="I453" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
         <x:v>613197</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C454" s="15" t="s"/>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
@@ -29898,54 +29902,54 @@
       <x:c r="I485" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>613127</x:v>
+        <x:v>613147</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
@@ -29953,320 +29957,320 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>613131</x:v>
+        <x:v>613148</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H487" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>613142</x:v>
+        <x:v>613127</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I488" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>613173</x:v>
+        <x:v>613131</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>613147</x:v>
+        <x:v>613142</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C490" s="15" t="s"/>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>613148</x:v>
+        <x:v>613182</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>613182</x:v>
+        <x:v>613195</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
@@ -30274,534 +30278,534 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>613195</x:v>
+        <x:v>613173</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>613171</x:v>
+        <x:v>602366</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I494" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>613177</x:v>
+        <x:v>602369</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H495" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>613184</x:v>
+        <x:v>602373</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I496" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>613189</x:v>
+        <x:v>602384</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H497" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>613144</x:v>
+        <x:v>602400</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I498" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>613121</x:v>
+        <x:v>602405</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H499" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>613128</x:v>
+        <x:v>602415</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I500" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>613132</x:v>
+        <x:v>602431</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H501" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>613137</x:v>
+        <x:v>613200</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C502" s="15" t="s"/>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
@@ -30809,320 +30813,320 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>603814</x:v>
+        <x:v>613438</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H503" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
-        <x:v>603821</x:v>
+        <x:v>613452</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C504" s="15" t="s"/>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I504" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s"/>
       <x:c r="K504" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>603831</x:v>
+        <x:v>613453</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C505" s="3" t="s"/>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H505" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>603836</x:v>
+        <x:v>613456</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C506" s="15" t="s"/>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I506" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>603843</x:v>
+        <x:v>613457</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C507" s="3" t="s"/>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H507" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>603846</x:v>
+        <x:v>603814</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
@@ -31130,855 +31134,855 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>603849</x:v>
+        <x:v>603821</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H509" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>603862</x:v>
+        <x:v>603831</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I510" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>613200</x:v>
+        <x:v>603843</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C511" s="3" t="s"/>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H511" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>613438</x:v>
+        <x:v>603846</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I512" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>613452</x:v>
+        <x:v>603849</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H513" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>613453</x:v>
+        <x:v>603862</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I514" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>613456</x:v>
+        <x:v>613171</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H515" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>613457</x:v>
+        <x:v>613177</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C516" s="15" t="s"/>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s"/>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I516" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s"/>
       <x:c r="K516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>602366</x:v>
+        <x:v>613184</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C517" s="3" t="s"/>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="G517" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H517" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L517" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M517" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
-        <x:v>602369</x:v>
+        <x:v>613189</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C518" s="15" t="s"/>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s"/>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s"/>
       <x:c r="K518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
-        <x:v>602373</x:v>
+        <x:v>613144</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C519" s="3" t="s"/>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="G519" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
-        <x:v>602384</x:v>
+        <x:v>613121</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C520" s="15" t="s"/>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s"/>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I520" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s"/>
       <x:c r="K520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
-        <x:v>602400</x:v>
+        <x:v>613128</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C521" s="3" t="s"/>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="G521" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H521" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
-        <x:v>602405</x:v>
+        <x:v>613132</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C522" s="15" t="s"/>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s"/>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I522" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s"/>
       <x:c r="K522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M522" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
-        <x:v>602415</x:v>
+        <x:v>613137</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C523" s="3" t="s"/>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="G523" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K523" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L523" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M523" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N523" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O523" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="P523" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q523" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R523" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S523" s="0" t="n">
-        <x:v>602431</x:v>
+        <x:v>603836</x:v>
       </x:c>
       <x:c r="T523" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U523" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="524" spans="1:21">
       <x:c r="A524" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B524" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C524" s="15" t="s"/>
       <x:c r="D524" s="15" t="s"/>
       <x:c r="E524" s="14" t="s"/>
       <x:c r="F524" s="14" t="s"/>
       <x:c r="G524" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H524" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
@@ -33643,51 +33647,51 @@
       <x:c r="I555" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>602363</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C556" s="15" t="s"/>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
@@ -35569,51 +35573,51 @@
       <x:c r="I591" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>613130</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C592" s="15" t="s"/>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s"/>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
@@ -36549,465 +36553,465 @@
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
         <x:v>603832</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C610" s="15" t="s"/>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s"/>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I610" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s"/>
       <x:c r="K610" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
-        <x:v>602358</x:v>
+        <x:v>602418</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C611" s="3" t="s"/>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="G611" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H611" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I611" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K611" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L611" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M611" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N611" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
-        <x:v>602361</x:v>
+        <x:v>602423</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C612" s="15" t="s"/>
       <x:c r="D612" s="15" t="s"/>
       <x:c r="E612" s="14" t="s"/>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I612" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J612" s="14" t="s"/>
       <x:c r="K612" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
-        <x:v>602379</x:v>
+        <x:v>602429</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C613" s="3" t="s"/>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="G613" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H613" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>602387</x:v>
+        <x:v>602358</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C614" s="15" t="s"/>
       <x:c r="D614" s="15" t="s"/>
       <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I614" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s"/>
       <x:c r="K614" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
-        <x:v>602398</x:v>
+        <x:v>602361</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C615" s="3" t="s"/>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="G615" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H615" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>602418</x:v>
+        <x:v>602379</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C616" s="15" t="s"/>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s"/>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I616" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J616" s="14" t="s"/>
       <x:c r="K616" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L616" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M616" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N616" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O616" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P616" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q616" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R616" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S616" s="14" t="n">
-        <x:v>602423</x:v>
+        <x:v>602387</x:v>
       </x:c>
       <x:c r="T616" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U616" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="617" spans="1:21">
       <x:c r="A617" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B617" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C617" s="3" t="s"/>
       <x:c r="D617" s="3" t="s"/>
       <x:c r="G617" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H617" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I617" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K617" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L617" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M617" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N617" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O617" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P617" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q617" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R617" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S617" s="0" t="n">
-        <x:v>602429</x:v>
+        <x:v>602398</x:v>
       </x:c>
       <x:c r="T617" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U617" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="618" spans="1:21">
       <x:c r="A618" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B618" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C618" s="15" t="s"/>
       <x:c r="D618" s="15" t="s"/>
       <x:c r="E618" s="14" t="s"/>
       <x:c r="F618" s="14" t="s"/>
       <x:c r="G618" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H618" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
@@ -37191,251 +37195,251 @@
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
         <x:v>613443</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C622" s="15" t="s"/>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s"/>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I622" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s"/>
       <x:c r="K622" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L622" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M622" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N622" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O622" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P622" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q622" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R622" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S622" s="14" t="n">
-        <x:v>613176</x:v>
+        <x:v>613129</x:v>
       </x:c>
       <x:c r="T622" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U622" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="623" spans="1:21">
       <x:c r="A623" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B623" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C623" s="3" t="s"/>
       <x:c r="D623" s="3" t="s"/>
       <x:c r="G623" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H623" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I623" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K623" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L623" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M623" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N623" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O623" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P623" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q623" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R623" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="S623" s="0" t="n">
-        <x:v>613179</x:v>
+        <x:v>613133</x:v>
       </x:c>
       <x:c r="T623" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U623" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="624" spans="1:21">
       <x:c r="A624" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B624" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C624" s="15" t="s"/>
       <x:c r="D624" s="15" t="s"/>
       <x:c r="E624" s="14" t="s"/>
       <x:c r="F624" s="14" t="s"/>
       <x:c r="G624" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H624" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I624" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J624" s="14" t="s"/>
       <x:c r="K624" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L624" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M624" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N624" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O624" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P624" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q624" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R624" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="S624" s="14" t="n">
-        <x:v>613188</x:v>
+        <x:v>613134</x:v>
       </x:c>
       <x:c r="T624" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U624" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="625" spans="1:21">
       <x:c r="A625" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B625" s="0" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C625" s="3" t="s"/>
       <x:c r="D625" s="3" t="s"/>
       <x:c r="G625" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H625" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I625" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K625" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L625" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
-        <x:v>613192</x:v>
+        <x:v>613176</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C626" s="15" t="s"/>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s"/>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
@@ -37443,748 +37447,748 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="J626" s="14" t="s"/>
       <x:c r="K626" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L626" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M626" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N626" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O626" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P626" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q626" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R626" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S626" s="14" t="n">
-        <x:v>613194</x:v>
+        <x:v>613179</x:v>
       </x:c>
       <x:c r="T626" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U626" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="627" spans="1:21">
       <x:c r="A627" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B627" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C627" s="3" t="s"/>
       <x:c r="D627" s="3" t="s"/>
       <x:c r="G627" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H627" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I627" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K627" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L627" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
-        <x:v>613129</x:v>
+        <x:v>613188</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C628" s="15" t="s"/>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s"/>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I628" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J628" s="14" t="s"/>
       <x:c r="K628" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L628" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M628" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N628" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O628" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P628" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q628" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R628" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S628" s="14" t="n">
-        <x:v>613133</x:v>
+        <x:v>613192</x:v>
       </x:c>
       <x:c r="T628" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U628" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="629" spans="1:21">
       <x:c r="A629" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B629" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C629" s="3" t="s"/>
       <x:c r="D629" s="3" t="s"/>
       <x:c r="G629" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H629" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I629" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K629" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L629" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M629" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N629" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O629" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P629" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q629" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R629" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S629" s="0" t="n">
-        <x:v>613134</x:v>
+        <x:v>613194</x:v>
       </x:c>
       <x:c r="T629" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U629" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="630" spans="1:21">
       <x:c r="A630" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B630" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C630" s="15" t="s"/>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s"/>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I630" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s"/>
       <x:c r="K630" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>603811</x:v>
+        <x:v>613178</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C631" s="3" t="s"/>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="G631" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H631" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>603825</x:v>
+        <x:v>613186</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C632" s="15" t="s"/>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s"/>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I632" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s"/>
       <x:c r="K632" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>613204</x:v>
+        <x:v>603823</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C633" s="3" t="s"/>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="G633" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H633" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>602359</x:v>
+        <x:v>603841</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>730</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C634" s="15" t="s"/>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s"/>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I634" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s"/>
       <x:c r="K634" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>602378</x:v>
+        <x:v>603861</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C635" s="3" t="s"/>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="G635" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H635" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L635" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M635" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N635" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O635" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P635" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q635" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R635" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S635" s="0" t="n">
-        <x:v>602382</x:v>
+        <x:v>613204</x:v>
       </x:c>
       <x:c r="T635" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U635" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="636" spans="1:21">
       <x:c r="A636" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B636" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C636" s="15" t="s"/>
       <x:c r="D636" s="15" t="s"/>
       <x:c r="E636" s="14" t="s"/>
       <x:c r="F636" s="14" t="s"/>
       <x:c r="G636" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H636" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I636" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J636" s="14" t="s"/>
       <x:c r="K636" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L636" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
-        <x:v>212</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
-        <x:v>602385</x:v>
+        <x:v>613141</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C637" s="3" t="s"/>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H637" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>602397</x:v>
+        <x:v>613145</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>725</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="C638" s="15" t="s"/>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I638" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s"/>
       <x:c r="K638" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
-        <x:v>31001</x:v>
+        <x:v>72312</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>602425</x:v>
+        <x:v>613430</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C639" s="3" t="s"/>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="G639" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H639" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>613430</x:v>
+        <x:v>613433</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C640" s="15" t="s"/>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s"/>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
@@ -38192,427 +38196,427 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s"/>
       <x:c r="K640" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>613433</x:v>
+        <x:v>613445</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C641" s="3" t="s"/>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="G641" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H641" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>613445</x:v>
+        <x:v>613450</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C642" s="15" t="s"/>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I642" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s"/>
       <x:c r="K642" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
-        <x:v>729</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>613450</x:v>
+        <x:v>602359</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C643" s="3" t="s"/>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="G643" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H643" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>613141</x:v>
+        <x:v>602378</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="C644" s="15" t="s"/>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I644" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s"/>
       <x:c r="K644" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>613145</x:v>
+        <x:v>602382</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="C645" s="3" t="s"/>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="G645" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H645" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>613178</x:v>
+        <x:v>602385</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>725</x:v>
       </x:c>
       <x:c r="C646" s="15" t="s"/>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I646" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s"/>
       <x:c r="K646" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>31001</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>613186</x:v>
+        <x:v>602397</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="C647" s="3" t="s"/>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H647" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
-        <x:v>72312</x:v>
+        <x:v>31001</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
-        <x:v>729</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>603823</x:v>
+        <x:v>602425</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C648" s="15" t="s"/>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
@@ -38620,106 +38624,106 @@
         <x:v>199</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s"/>
       <x:c r="K648" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>603841</x:v>
+        <x:v>603811</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
         <x:v>728</x:v>
       </x:c>
       <x:c r="C649" s="3" t="s"/>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H649" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
         <x:v>72312</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>603861</x:v>
+        <x:v>603825</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>41129</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
       <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="H650" s="14" t="s"/>
@@ -39283,51 +39287,51 @@
       <x:c r="E660" s="14" t="s"/>
       <x:c r="F660" s="14" t="s"/>
       <x:c r="G660" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="H660" s="14" t="s"/>
       <x:c r="I660" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="J660" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K660" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L660" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>31006</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>597153</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
@@ -39473,101 +39477,101 @@
       <x:c r="J663" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K663" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L663" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>611489</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C664" s="15" t="s"/>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="F664" s="14" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="G664" s="14" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s">
         <x:v>746</x:v>
       </x:c>
       <x:c r="I664" s="16" t="s">
         <x:v>747</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s"/>
       <x:c r="K664" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
         <x:v>583894</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
@@ -39580,390 +39584,389 @@
       <x:c r="G665" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H665" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
         <x:v>615687</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
-        <x:v>777</x:v>
-[...1 lines deleted...]
-      <x:c r="C666" s="15" t="s"/>
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="C666" s="15" t="n">
+        <x:v>39775</x:v>
+      </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s"/>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I666" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="J666" s="14" t="s"/>
+      <x:c r="J666" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="K666" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L666" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M666" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N666" s="15" t="n">
-        <x:v>31026</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O666" s="14" t="s">
-        <x:v>778</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P666" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q666" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R666" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S666" s="14" t="n">
-        <x:v>580625</x:v>
+        <x:v>615689</x:v>
       </x:c>
       <x:c r="T666" s="16" t="s">
-        <x:v>779</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U666" s="16" t="s">
-        <x:v>780</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="667" spans="1:21">
       <x:c r="A667" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B667" s="0" t="s">
-        <x:v>773</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="C667" s="3" t="s"/>
       <x:c r="D667" s="3" t="s"/>
       <x:c r="G667" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H667" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I667" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="J667" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K667" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L667" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M667" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N667" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>31026</x:v>
       </x:c>
       <x:c r="O667" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="P667" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q667" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R667" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S667" s="0" t="n">
-        <x:v>578623</x:v>
+        <x:v>580625</x:v>
       </x:c>
       <x:c r="T667" s="4" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="U667" s="4" t="s">
         <x:v>781</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="668" spans="1:21">
       <x:c r="A668" s="13" t="s">
-        <x:v>186</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B668" s="14" t="s">
-        <x:v>773</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C668" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D668" s="15" t="s"/>
       <x:c r="E668" s="14" t="s"/>
       <x:c r="F668" s="14" t="s"/>
       <x:c r="G668" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H668" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I668" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J668" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K668" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L668" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M668" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N668" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O668" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P668" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q668" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R668" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S668" s="14" t="n">
-        <x:v>615689</x:v>
+        <x:v>578624</x:v>
       </x:c>
       <x:c r="T668" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="U668" s="16" t="s">
-        <x:v>782</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="669" spans="1:21">
       <x:c r="A669" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="B669" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C669" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D669" s="3" t="s"/>
       <x:c r="G669" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H669" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I669" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J669" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K669" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L669" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
-        <x:v>578624</x:v>
+        <x:v>578627</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s"/>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I670" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J670" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K670" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L670" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
-        <x:v>578627</x:v>
+        <x:v>578623</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
-        <x:v>782</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>785</x:v>
       </x:c>
       <x:c r="C671" s="3" t="s"/>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="G671" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H671" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="K671" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L671" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>578550</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
         <x:v>786</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
@@ -39974,108 +39977,108 @@
       <x:c r="E672" s="14" t="s"/>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I672" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J672" s="14" t="s"/>
       <x:c r="K672" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L672" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M672" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N672" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O672" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P672" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q672" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R672" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S672" s="14" t="n">
         <x:v>578578</x:v>
       </x:c>
       <x:c r="T672" s="16" t="s">
         <x:v>789</x:v>
       </x:c>
       <x:c r="U672" s="16" t="s">
         <x:v>790</x:v>
       </x:c>
     </x:row>
     <x:row r="673" spans="1:21">
       <x:c r="A673" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B673" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C673" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D673" s="3" t="s"/>
       <x:c r="G673" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H673" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I673" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J673" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K673" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L673" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M673" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N673" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O673" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P673" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q673" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R673" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S673" s="0" t="n">
         <x:v>610847</x:v>
       </x:c>
       <x:c r="T673" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U673" s="4" t="s">
         <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="674" spans="1:21">
       <x:c r="A674" s="13" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B674" s="14" t="s">
@@ -40090,51 +40093,51 @@
       <x:c r="G674" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H674" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I674" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J674" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K674" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L674" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>615664</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
@@ -40147,309 +40150,309 @@
       <x:c r="G675" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H675" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J675" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K675" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L675" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M675" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N675" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O675" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P675" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q675" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R675" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S675" s="0" t="n">
         <x:v>615688</x:v>
       </x:c>
       <x:c r="T675" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U675" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="676" spans="1:21">
       <x:c r="A676" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B676" s="14" t="s">
-        <x:v>783</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C676" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D676" s="15" t="s"/>
       <x:c r="E676" s="14" t="s"/>
       <x:c r="F676" s="14" t="s"/>
       <x:c r="G676" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H676" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I676" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J676" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K676" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L676" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M676" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N676" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O676" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P676" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q676" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R676" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S676" s="14" t="n">
         <x:v>578626</x:v>
       </x:c>
       <x:c r="T676" s="16" t="s">
-        <x:v>784</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="U676" s="16" t="s">
-        <x:v>782</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="677" spans="1:21">
       <x:c r="A677" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B677" s="0" t="s">
-        <x:v>783</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C677" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D677" s="3" t="s"/>
       <x:c r="G677" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H677" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I677" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J677" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K677" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L677" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M677" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N677" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O677" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P677" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q677" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R677" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S677" s="0" t="n">
         <x:v>610848</x:v>
       </x:c>
       <x:c r="T677" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U677" s="4" t="s">
         <x:v>791</x:v>
       </x:c>
     </x:row>
     <x:row r="678" spans="1:21">
       <x:c r="A678" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B678" s="14" t="s">
-        <x:v>783</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="C678" s="15" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D678" s="15" t="s"/>
       <x:c r="E678" s="14" t="s"/>
       <x:c r="F678" s="14" t="s"/>
       <x:c r="G678" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H678" s="14" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I678" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J678" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K678" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L678" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M678" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N678" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O678" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P678" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q678" s="16" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R678" s="14" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S678" s="14" t="n">
         <x:v>578622</x:v>
       </x:c>
       <x:c r="T678" s="16" t="s">
-        <x:v>781</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="U678" s="16" t="s">
         <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="679" spans="1:21">
       <x:c r="A679" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B679" s="0" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="C679" s="3" t="n">
         <x:v>39775</x:v>
       </x:c>
       <x:c r="D679" s="3" t="s"/>
       <x:c r="G679" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="H679" s="0" t="s">
         <x:v>774</x:v>
       </x:c>
       <x:c r="I679" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="J679" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K679" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L679" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M679" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N679" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O679" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P679" s="0" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="Q679" s="4" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="R679" s="0" t="s">
         <x:v>775</x:v>
       </x:c>
       <x:c r="S679" s="0" t="n">
         <x:v>578625</x:v>
       </x:c>
       <x:c r="T679" s="4" t="s">
-        <x:v>784</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="U679" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="680" spans="1:21">
       <x:c r="A680" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B680" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C680" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D680" s="15" t="s"/>
       <x:c r="E680" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F680" s="14" t="s"/>
       <x:c r="G680" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H680" s="14" t="s"/>
       <x:c r="I680" s="16" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="J680" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K680" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L680" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -40629,3972 +40632,3970 @@
       </x:c>
       <x:c r="P683" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="Q683" s="4" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="R683" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S683" s="0" t="n">
         <x:v>601772</x:v>
       </x:c>
       <x:c r="T683" s="4" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="U683" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
     </x:row>
     <x:row r="684" spans="1:21">
       <x:c r="A684" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B684" s="14" t="s">
-        <x:v>804</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C684" s="15" t="n">
-        <x:v>37638</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D684" s="15" t="s"/>
       <x:c r="E684" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F684" s="14" t="s"/>
       <x:c r="G684" s="14" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="H684" s="14" t="s"/>
       <x:c r="I684" s="16" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="J684" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K684" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L684" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
-        <x:v>805</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
-        <x:v>554510</x:v>
+        <x:v>500792</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
-        <x:v>793</x:v>
+        <x:v>554</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>37638</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="E685" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>794</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
         <x:v>795</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
-        <x:v>805</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
-        <x:v>500792</x:v>
+        <x:v>554510</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
-        <x:v>554</x:v>
+        <x:v>793</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
         <x:v>38105</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s"/>
       <x:c r="I686" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K686" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
-        <x:v>557851</x:v>
+        <x:v>557850</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
         <x:v>38105</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
-        <x:v>557850</x:v>
+        <x:v>557851</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
         <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
-        <x:v>39582</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s"/>
       <x:c r="I688" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
-        <x:v>549713</x:v>
+        <x:v>549705</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
-        <x:v>40897</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="E689" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J689" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
-        <x:v>605073</x:v>
+        <x:v>549713</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
-        <x:v>811</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
-        <x:v>35078</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K690" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
-        <x:v>448036</x:v>
+        <x:v>605073</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
-        <x:v>812</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
-        <x:v>40897</x:v>
+        <x:v>35078</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="E691" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K691" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L691" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
-        <x:v>31008</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
-        <x:v>549714</x:v>
+        <x:v>448036</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
-        <x:v>39586</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
-      <x:c r="E692" s="14" t="s"/>
+      <x:c r="E692" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
-        <x:v>813</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J692" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K692" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L692" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
-        <x:v>615895</x:v>
+        <x:v>549714</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
-        <x:v>815</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
-      <x:c r="E693" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G693" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J693" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K693" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L693" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M693" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N693" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O693" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P693" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q693" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R693" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="S693" s="0" t="n">
-        <x:v>549705</x:v>
+        <x:v>615895</x:v>
       </x:c>
       <x:c r="T693" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U693" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="694" spans="1:21">
       <x:c r="A694" s="13" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B694" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C694" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D694" s="15" t="s"/>
-      <x:c r="E694" s="14" t="s"/>
+      <x:c r="E694" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F694" s="14" t="s"/>
       <x:c r="G694" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="H694" s="14" t="s"/>
       <x:c r="I694" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="J694" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K694" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L694" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M694" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N694" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O694" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P694" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="Q694" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="R694" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S694" s="14" t="n">
-        <x:v>591932</x:v>
+        <x:v>549706</x:v>
       </x:c>
       <x:c r="T694" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U694" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="695" spans="1:21">
       <x:c r="A695" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B695" s="0" t="s">
-        <x:v>817</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="C695" s="3" t="s"/>
       <x:c r="D695" s="3" t="s"/>
-      <x:c r="E695" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G695" s="0" t="s">
-        <x:v>810</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="I695" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="J695" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K695" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L695" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M695" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N695" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O695" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P695" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q695" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R695" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="S695" s="0" t="n">
-        <x:v>549706</x:v>
+        <x:v>597492</x:v>
       </x:c>
       <x:c r="T695" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U695" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="696" spans="1:21">
       <x:c r="A696" s="13" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B696" s="14" t="s">
-        <x:v>139</x:v>
-[...1 lines deleted...]
-      <x:c r="C696" s="15" t="s"/>
+        <x:v>811</x:v>
+      </x:c>
+      <x:c r="C696" s="15" t="n">
+        <x:v>39582</x:v>
+      </x:c>
       <x:c r="D696" s="15" t="s"/>
-      <x:c r="E696" s="14" t="s"/>
+      <x:c r="E696" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F696" s="14" t="s"/>
       <x:c r="G696" s="14" t="s">
-        <x:v>813</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="H696" s="14" t="s"/>
       <x:c r="I696" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="J696" s="14" t="s"/>
+      <x:c r="J696" s="14" t="s">
+        <x:v>68</x:v>
+      </x:c>
       <x:c r="K696" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L696" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M696" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N696" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O696" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P696" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q696" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R696" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S696" s="14" t="n">
-        <x:v>597492</x:v>
+        <x:v>605066</x:v>
       </x:c>
       <x:c r="T696" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U696" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="697" spans="1:21">
       <x:c r="A697" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B697" s="0" t="s">
-        <x:v>809</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C697" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>39586</x:v>
       </x:c>
       <x:c r="D697" s="3" t="s"/>
       <x:c r="E697" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G697" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="I697" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J697" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K697" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L697" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M697" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N697" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O697" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P697" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q697" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R697" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S697" s="0" t="n">
-        <x:v>605066</x:v>
+        <x:v>605086</x:v>
       </x:c>
       <x:c r="T697" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U697" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="698" spans="1:21">
       <x:c r="A698" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B698" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C698" s="15" t="n">
-        <x:v>39586</x:v>
+        <x:v>39582</x:v>
       </x:c>
       <x:c r="D698" s="15" t="s"/>
-      <x:c r="E698" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E698" s="14" t="s"/>
       <x:c r="F698" s="14" t="s"/>
       <x:c r="G698" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="H698" s="14" t="s"/>
       <x:c r="I698" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J698" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K698" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L698" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M698" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N698" s="15" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O698" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P698" s="14" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q698" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R698" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="S698" s="14" t="n">
-        <x:v>605086</x:v>
+        <x:v>606190</x:v>
       </x:c>
       <x:c r="T698" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U698" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="699" spans="1:21">
       <x:c r="A699" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B699" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C699" s="3" t="n">
-        <x:v>39582</x:v>
+        <x:v>40897</x:v>
       </x:c>
       <x:c r="D699" s="3" t="s"/>
       <x:c r="G699" s="0" t="s">
-        <x:v>813</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="I699" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J699" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K699" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L699" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M699" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N699" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31008</x:v>
       </x:c>
       <x:c r="O699" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="P699" s="0" t="s">
         <x:v>810</x:v>
       </x:c>
       <x:c r="Q699" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="R699" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="S699" s="0" t="n">
-        <x:v>606190</x:v>
+        <x:v>606179</x:v>
       </x:c>
       <x:c r="T699" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U699" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="700" spans="1:21">
       <x:c r="A700" s="13" t="s">
-        <x:v>138</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B700" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C700" s="15" t="n">
-        <x:v>40897</x:v>
+        <x:v>36061</x:v>
       </x:c>
       <x:c r="D700" s="15" t="s"/>
       <x:c r="E700" s="14" t="s"/>
       <x:c r="F700" s="14" t="s"/>
       <x:c r="G700" s="14" t="s">
-        <x:v>813</x:v>
-[...1 lines deleted...]
-      <x:c r="H700" s="14" t="s"/>
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H700" s="14" t="s">
+        <x:v>819</x:v>
+      </x:c>
       <x:c r="I700" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="J700" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K700" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L700" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M700" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N700" s="15" t="n">
-        <x:v>31008</x:v>
+        <x:v>30812</x:v>
       </x:c>
       <x:c r="O700" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="P700" s="14" t="s">
-        <x:v>810</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="Q700" s="16" t="s">
-        <x:v>303</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="R700" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S700" s="14" t="n">
-        <x:v>606179</x:v>
+        <x:v>613587</x:v>
       </x:c>
       <x:c r="T700" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U700" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>821</x:v>
       </x:c>
     </x:row>
     <x:row r="701" spans="1:21">
       <x:c r="A701" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B701" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C701" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D701" s="3" t="s"/>
       <x:c r="G701" s="0" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H701" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="H701" s="0" t="s">
+      <x:c r="I701" s="4" t="s">
         <x:v>820</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>821</x:v>
       </x:c>
       <x:c r="J701" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K701" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L701" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M701" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N701" s="3" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O701" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P701" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="Q701" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="R701" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="S701" s="0" t="n">
-        <x:v>613587</x:v>
+        <x:v>613588</x:v>
       </x:c>
       <x:c r="T701" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U701" s="4" t="s">
         <x:v>822</x:v>
       </x:c>
     </x:row>
     <x:row r="702" spans="1:21">
       <x:c r="A702" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B702" s="14" t="s">
-        <x:v>818</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C702" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D702" s="15" t="s"/>
       <x:c r="E702" s="14" t="s"/>
       <x:c r="F702" s="14" t="s"/>
       <x:c r="G702" s="14" t="s">
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="H702" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="H702" s="14" t="s">
+      <x:c r="I702" s="16" t="s">
         <x:v>820</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>821</x:v>
       </x:c>
       <x:c r="J702" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K702" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L702" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M702" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N702" s="15" t="n">
         <x:v>30812</x:v>
       </x:c>
       <x:c r="O702" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P702" s="14" t="s">
-        <x:v>819</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="Q702" s="16" t="s">
-        <x:v>821</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="R702" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="S702" s="14" t="n">
         <x:v>613589</x:v>
       </x:c>
       <x:c r="T702" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="U702" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
     </x:row>
     <x:row r="703" spans="1:21">
       <x:c r="A703" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B703" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C703" s="3" t="n">
-        <x:v>36061</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D703" s="3" t="s"/>
       <x:c r="G703" s="0" t="s">
-        <x:v>819</x:v>
-[...2 lines deleted...]
-        <x:v>820</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="I703" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="J703" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K703" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L703" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M703" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N703" s="3" t="n">
-        <x:v>30812</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O703" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P703" s="0" t="s">
-        <x:v>819</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q703" s="4" t="s">
-        <x:v>821</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R703" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S703" s="0" t="n">
-        <x:v>613588</x:v>
+        <x:v>545465</x:v>
       </x:c>
       <x:c r="T703" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U703" s="4" t="s">
-        <x:v>824</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="704" spans="1:21">
       <x:c r="A704" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B704" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C704" s="15" t="n">
-        <x:v>38117</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D704" s="15" t="s"/>
       <x:c r="E704" s="14" t="s"/>
       <x:c r="F704" s="14" t="s"/>
       <x:c r="G704" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="H704" s="14" t="s"/>
       <x:c r="I704" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J704" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K704" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L704" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M704" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N704" s="15" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O704" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P704" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q704" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R704" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S704" s="14" t="n">
-        <x:v>545502</x:v>
+        <x:v>544705</x:v>
       </x:c>
       <x:c r="T704" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U704" s="16" t="s">
         <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="705" spans="1:21">
       <x:c r="A705" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B705" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C705" s="3" t="n">
-        <x:v>37680</x:v>
+        <x:v>38117</x:v>
       </x:c>
       <x:c r="D705" s="3" t="s"/>
       <x:c r="G705" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="I705" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J705" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K705" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L705" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M705" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N705" s="3" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O705" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P705" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q705" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R705" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S705" s="0" t="n">
-        <x:v>599461</x:v>
+        <x:v>545502</x:v>
       </x:c>
       <x:c r="T705" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U705" s="4" t="s">
         <x:v>827</x:v>
       </x:c>
     </x:row>
     <x:row r="706" spans="1:21">
       <x:c r="A706" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B706" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C706" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D706" s="15" t="s"/>
       <x:c r="E706" s="14" t="s"/>
       <x:c r="F706" s="14" t="s"/>
       <x:c r="G706" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="H706" s="14" t="s"/>
       <x:c r="I706" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J706" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K706" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L706" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M706" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N706" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O706" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P706" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q706" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R706" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S706" s="14" t="n">
-        <x:v>545465</x:v>
+        <x:v>599461</x:v>
       </x:c>
       <x:c r="T706" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="U706" s="16" t="s">
         <x:v>828</x:v>
       </x:c>
     </x:row>
     <x:row r="707" spans="1:21">
       <x:c r="A707" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B707" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C707" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D707" s="3" t="s"/>
+      <x:c r="E707" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G707" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="I707" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J707" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K707" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L707" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M707" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="N707" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O707" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P707" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q707" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R707" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S707" s="0" t="n">
-        <x:v>544705</x:v>
+        <x:v>549019</x:v>
       </x:c>
       <x:c r="T707" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U707" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>825</x:v>
       </x:c>
     </x:row>
     <x:row r="708" spans="1:21">
       <x:c r="A708" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B708" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C708" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>36197</x:v>
       </x:c>
       <x:c r="D708" s="15" t="s"/>
-      <x:c r="E708" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E708" s="14" t="s"/>
       <x:c r="F708" s="14" t="s"/>
       <x:c r="G708" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="H708" s="14" t="s"/>
       <x:c r="I708" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J708" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K708" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L708" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M708" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N708" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O708" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
-        <x:v>549019</x:v>
+        <x:v>497067</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
-        <x:v>36197</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D709" s="3" t="s"/>
       <x:c r="G709" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
-        <x:v>497067</x:v>
+        <x:v>545464</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
-        <x:v>831</x:v>
+        <x:v>826</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>38117</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
       <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K710" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
-        <x:v>545464</x:v>
+        <x:v>599475</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
-        <x:v>829</x:v>
+        <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
-        <x:v>38117</x:v>
+        <x:v>37680</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
+      <x:c r="E711" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G711" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="I711" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J711" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K711" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L711" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M711" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N711" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>24273</x:v>
       </x:c>
       <x:c r="O711" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P711" s="0" t="s">
-        <x:v>825</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="Q711" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R711" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S711" s="0" t="n">
-        <x:v>599475</x:v>
+        <x:v>601940</x:v>
       </x:c>
       <x:c r="T711" s="4" t="s">
-        <x:v>832</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="U711" s="4" t="s">
         <x:v>833</x:v>
       </x:c>
     </x:row>
     <x:row r="712" spans="1:21">
       <x:c r="A712" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B712" s="14" t="s">
-        <x:v>194</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C712" s="15" t="n">
-        <x:v>37680</x:v>
+        <x:v>35511</x:v>
       </x:c>
       <x:c r="D712" s="15" t="s"/>
-      <x:c r="E712" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E712" s="14" t="s"/>
       <x:c r="F712" s="14" t="s"/>
       <x:c r="G712" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="H712" s="14" t="s"/>
       <x:c r="I712" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="J712" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K712" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L712" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M712" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N712" s="15" t="n">
-        <x:v>24273</x:v>
+        <x:v>31011</x:v>
       </x:c>
       <x:c r="O712" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="P712" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q712" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R712" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="S712" s="14" t="n">
-        <x:v>601940</x:v>
+        <x:v>596798</x:v>
       </x:c>
       <x:c r="T712" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U712" s="16" t="s">
-        <x:v>834</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="713" spans="1:21">
       <x:c r="A713" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B713" s="0" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="C713" s="3" t="n">
+        <x:v>35457</x:v>
+      </x:c>
+      <x:c r="D713" s="3" t="s"/>
+      <x:c r="G713" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
-      <x:c r="C713" s="3" t="n">
-[...6 lines deleted...]
-      <x:c r="G713" s="0" t="s">
+      <x:c r="I713" s="4" t="s">
         <x:v>836</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
       <x:c r="J713" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K713" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L713" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M713" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N713" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O713" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P713" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q713" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R713" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="S713" s="0" t="n">
-        <x:v>554883</x:v>
+        <x:v>596799</x:v>
       </x:c>
       <x:c r="T713" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U713" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="714" spans="1:21">
       <x:c r="A714" s="13" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B714" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="C714" s="15" t="n">
-        <x:v>35511</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D714" s="15" t="s"/>
-      <x:c r="E714" s="14" t="s"/>
+      <x:c r="E714" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F714" s="14" t="s"/>
       <x:c r="G714" s="14" t="s">
-        <x:v>838</x:v>
-[...1 lines deleted...]
-      <x:c r="H714" s="14" t="s"/>
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="H714" s="14" t="s">
+        <x:v>841</x:v>
+      </x:c>
       <x:c r="I714" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J714" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K714" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L714" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M714" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N714" s="15" t="n">
-        <x:v>31011</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O714" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P714" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q714" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R714" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S714" s="14" t="n">
-        <x:v>596798</x:v>
+        <x:v>513714</x:v>
       </x:c>
       <x:c r="T714" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="U714" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>560</x:v>
       </x:c>
     </x:row>
     <x:row r="715" spans="1:21">
       <x:c r="A715" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B715" s="0" t="s">
         <x:v>842</x:v>
       </x:c>
       <x:c r="C715" s="3" t="n">
-        <x:v>35457</x:v>
+        <x:v>37929</x:v>
       </x:c>
       <x:c r="D715" s="3" t="s"/>
       <x:c r="G715" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="I715" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="J715" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K715" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L715" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M715" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N715" s="3" t="n">
-        <x:v>24218</x:v>
+        <x:v>11031</x:v>
       </x:c>
       <x:c r="O715" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="P715" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q715" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R715" s="0" t="s">
-        <x:v>814</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S715" s="0" t="n">
-        <x:v>596799</x:v>
+        <x:v>597136</x:v>
       </x:c>
       <x:c r="T715" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U715" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="716" spans="1:21">
       <x:c r="A716" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B716" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C716" s="15" t="n">
-        <x:v>35475</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D716" s="15" t="s"/>
       <x:c r="E716" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F716" s="14" t="s"/>
       <x:c r="G716" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H716" s="14" t="s">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I716" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J716" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K716" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L716" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M716" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N716" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O716" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P716" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q716" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R716" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S716" s="14" t="n">
-        <x:v>513714</x:v>
+        <x:v>554883</x:v>
       </x:c>
       <x:c r="T716" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U716" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="717" spans="1:21">
       <x:c r="A717" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B717" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="C717" s="3" t="n">
-        <x:v>37929</x:v>
+        <x:v>35511</x:v>
       </x:c>
       <x:c r="D717" s="3" t="s"/>
+      <x:c r="E717" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G717" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="H717" s="0" t="s">
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I717" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J717" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K717" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L717" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M717" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N717" s="3" t="n">
-        <x:v>11031</x:v>
+        <x:v>31011</x:v>
       </x:c>
       <x:c r="O717" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="P717" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q717" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R717" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S717" s="0" t="n">
-        <x:v>597136</x:v>
+        <x:v>453836</x:v>
       </x:c>
       <x:c r="T717" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U717" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="718" spans="1:21">
       <x:c r="A718" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B718" s="14" t="s">
-        <x:v>846</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C718" s="15" t="n">
-        <x:v>35511</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D718" s="15" t="s"/>
       <x:c r="E718" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F718" s="14" t="s"/>
       <x:c r="G718" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H718" s="14" t="s">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I718" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J718" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K718" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L718" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M718" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N718" s="15" t="n">
-        <x:v>31011</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O718" s="14" t="s">
-        <x:v>841</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P718" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q718" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R718" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S718" s="14" t="n">
-        <x:v>453836</x:v>
+        <x:v>603416</x:v>
       </x:c>
       <x:c r="T718" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U718" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="719" spans="1:21">
       <x:c r="A719" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B719" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C719" s="3" t="n">
-        <x:v>35475</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D719" s="3" t="s"/>
       <x:c r="E719" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G719" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H719" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I719" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J719" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K719" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L719" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M719" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N719" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O719" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P719" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q719" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R719" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S719" s="0" t="n">
-        <x:v>603416</x:v>
+        <x:v>603429</x:v>
       </x:c>
       <x:c r="T719" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U719" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="720" spans="1:21">
       <x:c r="A720" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B720" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C720" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>39490</x:v>
       </x:c>
       <x:c r="D720" s="15" t="s"/>
-      <x:c r="E720" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E720" s="14" t="s"/>
       <x:c r="F720" s="14" t="s"/>
       <x:c r="G720" s="14" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="H720" s="14" t="s"/>
+      <x:c r="I720" s="16" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="H720" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J720" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K720" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L720" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M720" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N720" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O720" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P720" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q720" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R720" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S720" s="14" t="n">
-        <x:v>603429</x:v>
+        <x:v>592283</x:v>
       </x:c>
       <x:c r="T720" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U720" s="16" t="s">
-        <x:v>500</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="721" spans="1:21">
       <x:c r="A721" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B721" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C721" s="3" t="n">
-        <x:v>39490</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D721" s="3" t="s"/>
+      <x:c r="E721" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G721" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="H721" s="0" t="s">
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I721" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J721" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K721" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L721" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M721" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N721" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O721" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P721" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q721" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R721" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S721" s="0" t="n">
-        <x:v>592283</x:v>
+        <x:v>453843</x:v>
       </x:c>
       <x:c r="T721" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U721" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="722" spans="1:21">
       <x:c r="A722" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B722" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C722" s="15" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D722" s="15" t="s"/>
       <x:c r="E722" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F722" s="14" t="s"/>
       <x:c r="G722" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H722" s="14" t="s">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I722" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J722" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K722" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L722" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M722" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N722" s="15" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O722" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P722" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q722" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R722" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S722" s="14" t="n">
-        <x:v>453843</x:v>
+        <x:v>554815</x:v>
       </x:c>
       <x:c r="T722" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U722" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="723" spans="1:21">
       <x:c r="A723" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B723" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C723" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D723" s="3" t="s"/>
       <x:c r="E723" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G723" s="0" t="s">
-        <x:v>836</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H723" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I723" s="4" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J723" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K723" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L723" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M723" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N723" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O723" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P723" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q723" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R723" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S723" s="0" t="n">
-        <x:v>554815</x:v>
+        <x:v>554881</x:v>
       </x:c>
       <x:c r="T723" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U723" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="724" spans="1:21">
       <x:c r="A724" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B724" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C724" s="15" t="n">
-        <x:v>35475</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D724" s="15" t="s"/>
-      <x:c r="E724" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E724" s="14" t="s"/>
       <x:c r="F724" s="14" t="s"/>
       <x:c r="G724" s="14" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="H724" s="14" t="s"/>
+      <x:c r="I724" s="16" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="H724" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J724" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K724" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L724" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M724" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N724" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O724" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P724" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q724" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R724" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S724" s="14" t="n">
-        <x:v>554881</x:v>
+        <x:v>592083</x:v>
       </x:c>
       <x:c r="T724" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U724" s="16" t="s">
-        <x:v>498</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="725" spans="1:21">
       <x:c r="A725" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B725" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C725" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D725" s="3" t="s"/>
+      <x:c r="E725" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G725" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="H725" s="0" t="s">
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I725" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J725" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K725" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L725" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M725" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N725" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O725" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P725" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q725" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R725" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S725" s="0" t="n">
-        <x:v>592083</x:v>
+        <x:v>453831</x:v>
       </x:c>
       <x:c r="T725" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U725" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="726" spans="1:21">
       <x:c r="A726" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B726" s="14" t="s">
-        <x:v>835</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C726" s="15" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D726" s="15" t="s"/>
       <x:c r="E726" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F726" s="14" t="s"/>
       <x:c r="G726" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H726" s="14" t="s">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I726" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J726" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K726" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L726" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M726" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N726" s="15" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O726" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P726" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q726" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R726" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S726" s="14" t="n">
-        <x:v>453831</x:v>
+        <x:v>554884</x:v>
       </x:c>
       <x:c r="T726" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U726" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="727" spans="1:21">
       <x:c r="A727" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B727" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C727" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D727" s="3" t="s"/>
-      <x:c r="E727" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G727" s="0" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="I727" s="4" t="s">
         <x:v>836</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
       <x:c r="J727" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K727" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L727" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M727" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N727" s="3" t="n">
         <x:v>31045</x:v>
       </x:c>
       <x:c r="O727" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P727" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q727" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R727" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="S727" s="0" t="n">
-        <x:v>554884</x:v>
+        <x:v>596796</x:v>
       </x:c>
       <x:c r="T727" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U727" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="728" spans="1:21">
       <x:c r="A728" s="13" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B728" s="14" t="s">
-        <x:v>848</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C728" s="15" t="n">
-        <x:v>38296</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D728" s="15" t="s"/>
-      <x:c r="E728" s="14" t="s"/>
+      <x:c r="E728" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F728" s="14" t="s"/>
       <x:c r="G728" s="14" t="s">
-        <x:v>838</x:v>
-[...1 lines deleted...]
-      <x:c r="H728" s="14" t="s"/>
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="H728" s="14" t="s">
+        <x:v>841</x:v>
+      </x:c>
       <x:c r="I728" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J728" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K728" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L728" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M728" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N728" s="15" t="n">
-        <x:v>13115</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O728" s="14" t="s">
-        <x:v>849</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P728" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q728" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R728" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S728" s="14" t="n">
-        <x:v>597443</x:v>
+        <x:v>603415</x:v>
       </x:c>
       <x:c r="T728" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U728" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="729" spans="1:21">
       <x:c r="A729" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B729" s="0" t="s">
-        <x:v>850</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C729" s="3" t="n">
-        <x:v>38325</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D729" s="3" t="s"/>
+      <x:c r="E729" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G729" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="H729" s="0" t="s">
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I729" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J729" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K729" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L729" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M729" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N729" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O729" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P729" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q729" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R729" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S729" s="0" t="n">
-        <x:v>595755</x:v>
+        <x:v>554882</x:v>
       </x:c>
       <x:c r="T729" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U729" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="730" spans="1:21">
       <x:c r="A730" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B730" s="14" t="s">
-        <x:v>851</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C730" s="15" t="n">
-        <x:v>35457</x:v>
+        <x:v>35455</x:v>
       </x:c>
       <x:c r="D730" s="15" t="s"/>
       <x:c r="E730" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F730" s="14" t="s"/>
       <x:c r="G730" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H730" s="14" t="s">
-        <x:v>837</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I730" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="J730" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K730" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L730" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M730" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N730" s="15" t="n">
-        <x:v>24218</x:v>
+        <x:v>31045</x:v>
       </x:c>
       <x:c r="O730" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="P730" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q730" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R730" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S730" s="14" t="n">
-        <x:v>453837</x:v>
+        <x:v>603428</x:v>
       </x:c>
       <x:c r="T730" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U730" s="16" t="s">
-        <x:v>847</x:v>
+        <x:v>498</x:v>
       </x:c>
     </x:row>
     <x:row r="731" spans="1:21">
       <x:c r="A731" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B731" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C731" s="3" t="n">
         <x:v>35475</x:v>
       </x:c>
       <x:c r="D731" s="3" t="s"/>
-      <x:c r="E731" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G731" s="0" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="I731" s="4" t="s">
         <x:v>836</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
       <x:c r="J731" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K731" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L731" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M731" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N731" s="3" t="n">
         <x:v>30854</x:v>
       </x:c>
       <x:c r="O731" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P731" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q731" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R731" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="S731" s="0" t="n">
-        <x:v>603414</x:v>
+        <x:v>596785</x:v>
       </x:c>
       <x:c r="T731" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U731" s="4" t="s">
-        <x:v>499</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="732" spans="1:21">
       <x:c r="A732" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B732" s="14" t="s">
-        <x:v>850</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C732" s="15" t="n">
         <x:v>38325</x:v>
       </x:c>
       <x:c r="D732" s="15" t="s"/>
       <x:c r="E732" s="14" t="s"/>
       <x:c r="F732" s="14" t="s"/>
       <x:c r="G732" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="H732" s="14" t="s"/>
       <x:c r="I732" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="J732" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K732" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L732" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M732" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N732" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O732" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P732" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q732" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R732" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S732" s="14" t="n">
-        <x:v>595754</x:v>
+        <x:v>595755</x:v>
       </x:c>
       <x:c r="T732" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U732" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="733" spans="1:21">
       <x:c r="A733" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B733" s="0" t="s">
-        <x:v>852</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="C733" s="3" t="n">
-        <x:v>41077</x:v>
+        <x:v>35457</x:v>
       </x:c>
       <x:c r="D733" s="3" t="s"/>
+      <x:c r="E733" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G733" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="H733" s="0" t="s">
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I733" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J733" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K733" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L733" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M733" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N733" s="3" t="n">
-        <x:v>13054</x:v>
+        <x:v>24218</x:v>
       </x:c>
       <x:c r="O733" s="0" t="s">
-        <x:v>853</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P733" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q733" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R733" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S733" s="0" t="n">
-        <x:v>606182</x:v>
+        <x:v>453837</x:v>
       </x:c>
       <x:c r="T733" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U733" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>846</x:v>
       </x:c>
     </x:row>
     <x:row r="734" spans="1:21">
       <x:c r="A734" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B734" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C734" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>41077</x:v>
       </x:c>
       <x:c r="D734" s="15" t="s"/>
       <x:c r="E734" s="14" t="s"/>
       <x:c r="F734" s="14" t="s"/>
       <x:c r="G734" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="H734" s="14" t="s"/>
       <x:c r="I734" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="J734" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K734" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L734" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M734" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N734" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>13054</x:v>
       </x:c>
       <x:c r="O734" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="P734" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q734" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R734" s="14" t="s">
-        <x:v>854</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S734" s="14" t="n">
-        <x:v>592358</x:v>
+        <x:v>606182</x:v>
       </x:c>
       <x:c r="T734" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U734" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="735" spans="1:21">
       <x:c r="A735" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B735" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="C735" s="3" t="n">
-        <x:v>35475</x:v>
+        <x:v>38296</x:v>
       </x:c>
       <x:c r="D735" s="3" t="s"/>
       <x:c r="G735" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="I735" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="J735" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K735" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L735" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M735" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N735" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>13115</x:v>
       </x:c>
       <x:c r="O735" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="P735" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q735" s="4" t="s">
-        <x:v>840</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R735" s="0" t="s">
-        <x:v>630</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S735" s="0" t="n">
-        <x:v>596785</x:v>
+        <x:v>597443</x:v>
       </x:c>
       <x:c r="T735" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U735" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="736" spans="1:21">
       <x:c r="A736" s="13" t="s">
-        <x:v>138</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B736" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C736" s="15" t="n">
-        <x:v>35455</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D736" s="15" t="s"/>
-      <x:c r="E736" s="14" t="s"/>
+      <x:c r="E736" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F736" s="14" t="s"/>
       <x:c r="G736" s="14" t="s">
-        <x:v>838</x:v>
-[...1 lines deleted...]
-      <x:c r="H736" s="14" t="s"/>
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="H736" s="14" t="s">
+        <x:v>841</x:v>
+      </x:c>
       <x:c r="I736" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="J736" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K736" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L736" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M736" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N736" s="15" t="n">
-        <x:v>31045</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O736" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P736" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q736" s="16" t="s">
-        <x:v>840</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R736" s="14" t="s">
-        <x:v>814</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S736" s="14" t="n">
-        <x:v>596796</x:v>
+        <x:v>603414</x:v>
       </x:c>
       <x:c r="T736" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U736" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>499</x:v>
       </x:c>
     </x:row>
     <x:row r="737" spans="1:21">
       <x:c r="A737" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B737" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="C737" s="3" t="n">
-        <x:v>35475</x:v>
+        <x:v>38325</x:v>
       </x:c>
       <x:c r="D737" s="3" t="s"/>
-      <x:c r="E737" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G737" s="0" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="I737" s="4" t="s">
         <x:v>836</x:v>
       </x:c>
-      <x:c r="H737" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J737" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K737" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L737" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M737" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N737" s="3" t="n">
-        <x:v>30854</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O737" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P737" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q737" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R737" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S737" s="0" t="n">
-        <x:v>603415</x:v>
+        <x:v>595754</x:v>
       </x:c>
       <x:c r="T737" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U737" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="738" spans="1:21">
       <x:c r="A738" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B738" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C738" s="15" t="n">
-        <x:v>35475</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D738" s="15" t="s"/>
-      <x:c r="E738" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E738" s="14" t="s"/>
       <x:c r="F738" s="14" t="s"/>
       <x:c r="G738" s="14" t="s">
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="H738" s="14" t="s"/>
+      <x:c r="I738" s="16" t="s">
         <x:v>836</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>380</x:v>
       </x:c>
       <x:c r="J738" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K738" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L738" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M738" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N738" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O738" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P738" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="Q738" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="R738" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="S738" s="14" t="n">
-        <x:v>554882</x:v>
+        <x:v>592358</x:v>
       </x:c>
       <x:c r="T738" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U738" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="739" spans="1:21">
       <x:c r="A739" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B739" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C739" s="3" t="n">
-        <x:v>35455</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D739" s="3" t="s"/>
-      <x:c r="E739" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G739" s="0" t="s">
-        <x:v>836</x:v>
-[...2 lines deleted...]
-        <x:v>837</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I739" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="J739" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K739" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="L739" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M739" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N739" s="3" t="n">
-        <x:v>31045</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O739" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P739" s="0" t="s">
-        <x:v>838</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q739" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="R739" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S739" s="0" t="n">
-        <x:v>603428</x:v>
+        <x:v>591934</x:v>
       </x:c>
       <x:c r="T739" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U739" s="4" t="s">
-        <x:v>498</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="740" spans="1:21">
       <x:c r="A740" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B740" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C740" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D740" s="15" t="s"/>
       <x:c r="E740" s="14" t="s"/>
       <x:c r="F740" s="14" t="s"/>
       <x:c r="G740" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H740" s="14" t="s"/>
       <x:c r="I740" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J740" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K740" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L740" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M740" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N740" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O740" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P740" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q740" s="16" t="s">
-        <x:v>855</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R740" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="S740" s="14" t="n">
-        <x:v>592081</x:v>
+        <x:v>592082</x:v>
       </x:c>
       <x:c r="T740" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U740" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="741" spans="1:21">
       <x:c r="A741" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B741" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C741" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>39278</x:v>
       </x:c>
       <x:c r="D741" s="3" t="s"/>
       <x:c r="G741" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I741" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J741" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K741" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L741" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M741" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N741" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>24231</x:v>
       </x:c>
       <x:c r="O741" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P741" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q741" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="R741" s="0" t="s">
-        <x:v>856</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S741" s="0" t="n">
-        <x:v>592351</x:v>
+        <x:v>592081</x:v>
       </x:c>
       <x:c r="T741" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U741" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="742" spans="1:21">
       <x:c r="A742" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B742" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C742" s="15" t="n">
-        <x:v>35475</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D742" s="15" t="s"/>
       <x:c r="E742" s="14" t="s"/>
       <x:c r="F742" s="14" t="s"/>
       <x:c r="G742" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H742" s="14" t="s"/>
       <x:c r="I742" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J742" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K742" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L742" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M742" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N742" s="15" t="n">
-        <x:v>30854</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O742" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P742" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q742" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R742" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="S742" s="14" t="n">
-        <x:v>596783</x:v>
+        <x:v>592351</x:v>
       </x:c>
       <x:c r="T742" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U742" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="743" spans="1:21">
       <x:c r="A743" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B743" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="C743" s="3" t="n">
-        <x:v>39278</x:v>
+        <x:v>35475</x:v>
       </x:c>
       <x:c r="D743" s="3" t="s"/>
       <x:c r="G743" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I743" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J743" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K743" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L743" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M743" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N743" s="3" t="n">
-        <x:v>24231</x:v>
+        <x:v>30854</x:v>
       </x:c>
       <x:c r="O743" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P743" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q743" s="4" t="s">
-        <x:v>857</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R743" s="0" t="s">
-        <x:v>858</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S743" s="0" t="n">
-        <x:v>592079</x:v>
+        <x:v>596783</x:v>
       </x:c>
       <x:c r="T743" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U743" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="744" spans="1:21">
       <x:c r="A744" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B744" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C744" s="15" t="n">
         <x:v>39278</x:v>
       </x:c>
       <x:c r="D744" s="15" t="s"/>
       <x:c r="E744" s="14" t="s"/>
       <x:c r="F744" s="14" t="s"/>
       <x:c r="G744" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H744" s="14" t="s"/>
       <x:c r="I744" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J744" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K744" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L744" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M744" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N744" s="15" t="n">
         <x:v>24231</x:v>
       </x:c>
       <x:c r="O744" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="P744" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q744" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R744" s="14" t="s">
-        <x:v>856</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="S744" s="14" t="n">
-        <x:v>592082</x:v>
+        <x:v>592079</x:v>
       </x:c>
       <x:c r="T744" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U744" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="745" spans="1:21">
       <x:c r="A745" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B745" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C745" s="3" t="n">
-        <x:v>39003</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D745" s="3" t="s"/>
       <x:c r="G745" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I745" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J745" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K745" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L745" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M745" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="N745" s="3" t="n">
-        <x:v>24356</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O745" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P745" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q745" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R745" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S745" s="0" t="n">
-        <x:v>591934</x:v>
+        <x:v>592354</x:v>
       </x:c>
       <x:c r="T745" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U745" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="746" spans="1:21">
       <x:c r="A746" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B746" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C746" s="15" t="n">
-        <x:v>40116</x:v>
+        <x:v>38172</x:v>
       </x:c>
       <x:c r="D746" s="15" t="s"/>
       <x:c r="E746" s="14" t="s"/>
       <x:c r="F746" s="14" t="s"/>
       <x:c r="G746" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H746" s="14" t="s"/>
       <x:c r="I746" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J746" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K746" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L746" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M746" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N746" s="15" t="n">
-        <x:v>31054</x:v>
+        <x:v>13238</x:v>
       </x:c>
       <x:c r="O746" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P746" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q746" s="16" t="s">
-        <x:v>855</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="R746" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="S746" s="14" t="n">
-        <x:v>592354</x:v>
+        <x:v>597445</x:v>
       </x:c>
       <x:c r="T746" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U746" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="747" spans="1:21">
       <x:c r="A747" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B747" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C747" s="3" t="n">
-        <x:v>38172</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D747" s="3" t="s"/>
       <x:c r="G747" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I747" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J747" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K747" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L747" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M747" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N747" s="3" t="n">
-        <x:v>13238</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O747" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P747" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q747" s="4" t="s">
-        <x:v>859</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="R747" s="0" t="s">
-        <x:v>860</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="S747" s="0" t="n">
-        <x:v>597445</x:v>
+        <x:v>591933</x:v>
       </x:c>
       <x:c r="T747" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U747" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="748" spans="1:21">
       <x:c r="A748" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B748" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C748" s="15" t="n">
-        <x:v>39003</x:v>
+        <x:v>40116</x:v>
       </x:c>
       <x:c r="D748" s="15" t="s"/>
       <x:c r="E748" s="14" t="s"/>
       <x:c r="F748" s="14" t="s"/>
       <x:c r="G748" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H748" s="14" t="s"/>
       <x:c r="I748" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J748" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K748" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L748" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M748" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N748" s="15" t="n">
-        <x:v>24356</x:v>
+        <x:v>31054</x:v>
       </x:c>
       <x:c r="O748" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P748" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q748" s="16" t="s">
-        <x:v>857</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R748" s="14" t="s">
-        <x:v>858</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S748" s="14" t="n">
-        <x:v>591933</x:v>
+        <x:v>592359</x:v>
       </x:c>
       <x:c r="T748" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U748" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="749" spans="1:21">
       <x:c r="A749" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B749" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="C749" s="3" t="n">
-        <x:v>40116</x:v>
+        <x:v>40288</x:v>
       </x:c>
       <x:c r="D749" s="3" t="s"/>
       <x:c r="G749" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I749" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J749" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K749" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L749" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M749" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N749" s="3" t="n">
-        <x:v>31054</x:v>
+        <x:v>31025</x:v>
       </x:c>
       <x:c r="O749" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P749" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q749" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="R749" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S749" s="0" t="n">
-        <x:v>592359</x:v>
+        <x:v>592404</x:v>
       </x:c>
       <x:c r="T749" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U749" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="750" spans="1:21">
       <x:c r="A750" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B750" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C750" s="15" t="n">
-        <x:v>38997</x:v>
+        <x:v>39003</x:v>
       </x:c>
       <x:c r="D750" s="15" t="s"/>
       <x:c r="E750" s="14" t="s"/>
       <x:c r="F750" s="14" t="s"/>
       <x:c r="G750" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H750" s="14" t="s"/>
       <x:c r="I750" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J750" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="K750" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L750" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M750" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N750" s="15" t="n">
-        <x:v>24237</x:v>
+        <x:v>24356</x:v>
       </x:c>
       <x:c r="O750" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P750" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q750" s="16" t="s">
-        <x:v>855</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R750" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S750" s="14" t="n">
-        <x:v>591994</x:v>
+        <x:v>591932</x:v>
       </x:c>
       <x:c r="T750" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U750" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="751" spans="1:21">
       <x:c r="A751" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B751" s="0" t="s">
-        <x:v>861</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C751" s="3" t="n">
-        <x:v>40288</x:v>
+        <x:v>38997</x:v>
       </x:c>
       <x:c r="D751" s="3" t="s"/>
       <x:c r="G751" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="I751" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J751" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="K751" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L751" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M751" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N751" s="3" t="n">
-        <x:v>31025</x:v>
+        <x:v>24237</x:v>
       </x:c>
       <x:c r="O751" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="P751" s="0" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q751" s="4" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="R751" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S751" s="0" t="n">
-        <x:v>592404</x:v>
+        <x:v>591994</x:v>
       </x:c>
       <x:c r="T751" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U751" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="752" spans="1:21">
       <x:c r="A752" s="13" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B752" s="14" t="s">
         <x:v>862</x:v>
       </x:c>
       <x:c r="C752" s="15" t="n">
         <x:v>40807</x:v>
       </x:c>
       <x:c r="D752" s="15" t="s"/>
       <x:c r="E752" s="14" t="s"/>
       <x:c r="F752" s="14" t="s"/>
       <x:c r="G752" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H752" s="14" t="s"/>
       <x:c r="I752" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J752" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K752" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L752" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M752" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N752" s="15" t="n">
         <x:v>31023</x:v>
       </x:c>
       <x:c r="O752" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P752" s="14" t="s">
-        <x:v>816</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="Q752" s="16" t="s">
         <x:v>655</x:v>
       </x:c>
       <x:c r="R752" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S752" s="14" t="n">
         <x:v>592791</x:v>
       </x:c>
       <x:c r="T752" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U752" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="753" spans="1:21">
       <x:c r="A753" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B753" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C753" s="3" t="n">
@@ -44844,51 +44845,51 @@
       </x:c>
       <x:c r="P757" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q757" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R757" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S757" s="0" t="n">
         <x:v>616704</x:v>
       </x:c>
       <x:c r="T757" s="4" t="s">
         <x:v>873</x:v>
       </x:c>
       <x:c r="U757" s="4" t="s">
         <x:v>874</x:v>
       </x:c>
     </x:row>
     <x:row r="758" spans="1:21">
       <x:c r="A758" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B758" s="14" t="s">
-        <x:v>818</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C758" s="15" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D758" s="15" t="s"/>
       <x:c r="E758" s="14" t="s"/>
       <x:c r="F758" s="14" t="s"/>
       <x:c r="G758" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="H758" s="14" t="s"/>
       <x:c r="I758" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J758" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K758" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L758" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M758" s="14" t="s">
         <x:v>28</x:v>
@@ -44901,51 +44902,51 @@
       </x:c>
       <x:c r="P758" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q758" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R758" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S758" s="14" t="n">
         <x:v>559218</x:v>
       </x:c>
       <x:c r="T758" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U758" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="759" spans="1:21">
       <x:c r="A759" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B759" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C759" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D759" s="3" t="s"/>
       <x:c r="G759" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I759" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J759" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K759" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L759" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M759" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N759" s="3" t="n">
         <x:v>30812</x:v>
@@ -45123,51 +45124,51 @@
       </x:c>
       <x:c r="P762" s="14" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="Q762" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R762" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S762" s="14" t="n">
         <x:v>559244</x:v>
       </x:c>
       <x:c r="T762" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="U762" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="763" spans="1:21">
       <x:c r="A763" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B763" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="C763" s="3" t="n">
         <x:v>36061</x:v>
       </x:c>
       <x:c r="D763" s="3" t="s"/>
       <x:c r="G763" s="0" t="s">
         <x:v>870</x:v>
       </x:c>
       <x:c r="I763" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J763" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K763" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L763" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M763" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N763" s="3" t="n">
         <x:v>30812</x:v>
@@ -45204,51 +45205,51 @@
       <x:c r="C764" s="15" t="s"/>
       <x:c r="D764" s="15" t="s"/>
       <x:c r="E764" s="14" t="s"/>
       <x:c r="F764" s="14" t="s"/>
       <x:c r="G764" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="H764" s="14" t="s"/>
       <x:c r="I764" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="J764" s="14" t="s"/>
       <x:c r="K764" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L764" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M764" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N764" s="15" t="n">
         <x:v>31089</x:v>
       </x:c>
       <x:c r="O764" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P764" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="Q764" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="R764" s="14" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="S764" s="14" t="n">
         <x:v>608148</x:v>
       </x:c>
       <x:c r="T764" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="U764" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="765" spans="1:21">
       <x:c r="A765" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B765" s="0" t="s">
@@ -45306,77 +45307,77 @@
       <x:c r="C766" s="15" t="s"/>
       <x:c r="D766" s="15" t="s"/>
       <x:c r="E766" s="14" t="s"/>
       <x:c r="F766" s="14" t="s"/>
       <x:c r="G766" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="H766" s="14" t="s"/>
       <x:c r="I766" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="J766" s="14" t="s"/>
       <x:c r="K766" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L766" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M766" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N766" s="15" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O766" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P766" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="Q766" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="R766" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S766" s="14" t="n">
         <x:v>608590</x:v>
       </x:c>
       <x:c r="T766" s="16" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="U766" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="767" spans="1:21">
       <x:c r="A767" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B767" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C767" s="3" t="s"/>
       <x:c r="D767" s="3" t="s"/>
       <x:c r="G767" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I767" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="K767" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L767" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M767" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N767" s="3" t="n">
         <x:v>31021</x:v>
       </x:c>
       <x:c r="O767" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P767" s="0" t="s">
@@ -45457,77 +45458,77 @@
       </x:c>
       <x:c r="B769" s="0" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="C769" s="3" t="s"/>
       <x:c r="D769" s="3" t="s"/>
       <x:c r="G769" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I769" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="K769" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L769" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M769" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N769" s="3" t="n">
         <x:v>31025</x:v>
       </x:c>
       <x:c r="O769" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P769" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="Q769" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="R769" s="0" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="S769" s="0" t="n">
         <x:v>608591</x:v>
       </x:c>
       <x:c r="T769" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="U769" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="770" spans="1:21">
       <x:c r="A770" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B770" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C770" s="15" t="s"/>
       <x:c r="D770" s="15" t="s"/>
       <x:c r="E770" s="14" t="s"/>
       <x:c r="F770" s="14" t="s"/>
       <x:c r="G770" s="14" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="H770" s="14" t="s"/>
       <x:c r="I770" s="16" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="J770" s="14" t="s"/>
       <x:c r="K770" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L770" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M770" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N770" s="15" t="n">
         <x:v>31021</x:v>
       </x:c>
@@ -45559,51 +45560,51 @@
       </x:c>
       <x:c r="B771" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="C771" s="3" t="s"/>
       <x:c r="D771" s="3" t="s"/>
       <x:c r="G771" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="I771" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="K771" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L771" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M771" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N771" s="3" t="n">
         <x:v>31089</x:v>
       </x:c>
       <x:c r="O771" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="P771" s="0" t="s">
         <x:v>877</x:v>
       </x:c>
       <x:c r="Q771" s="4" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="R771" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S771" s="0" t="n">
         <x:v>608147</x:v>
       </x:c>
       <x:c r="T771" s="4" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="U771" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>