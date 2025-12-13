--- v0 (2025-12-13)
+++ v1 (2025-12-13)
@@ -242,65 +242,65 @@
   <x:si>
     <x:t>BUT spécialité techniques de commercialisation parcours marketing digital, e-business et entrepreneuriat (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention mode</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
@@ -524,59 +524,59 @@
   <x:si>
     <x:t>Responsable du développement commercial (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecotec - Ecole Internationale Tunon - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable marketing et communication (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement commercial (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecotec - Ecole Internationale Tunon - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet e-commerce (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing digital</x:t>
@@ -608,111 +608,111 @@
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projet événementiel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/26/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Le Cours Messidoro - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Le Cours Messidoro - Pigier - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sully</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
+    <x:t>07/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE COTE D'AZUR</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
@@ -1511,51 +1511,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>453855</x:v>
+        <x:v>509936</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>51</x:v>
@@ -1572,57 +1572,57 @@
       <x:c r="K6" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>509936</x:v>
+        <x:v>554929</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="U6" s="16" t="s">
         <x:v>59</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -1632,54 +1632,54 @@
       <x:c r="K7" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>554929</x:v>
+        <x:v>453855</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39198</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -1859,51 +1859,51 @@
       <x:c r="L11" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>506456</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38604</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>93</x:v>
@@ -3008,215 +3008,215 @@
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>601434</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>38131</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>601436</x:v>
+        <x:v>573882</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>36149</x:v>
+        <x:v>38131</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>32145</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>536215</x:v>
+        <x:v>601436</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>36149</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>573882</x:v>
+        <x:v>536215</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38123</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -3291,283 +3291,283 @@
       <x:c r="M36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>536214</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38123</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>546108</x:v>
+        <x:v>600168</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>38123</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>600167</x:v>
+        <x:v>546108</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>40359</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>573879</x:v>
+        <x:v>600167</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38123</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>600168</x:v>
+        <x:v>573879</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36743</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -3638,51 +3638,51 @@
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>508763</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37635</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -3824,216 +3824,216 @@
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>603564</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>48</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>38131</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
-      <x:c r="E46" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>589688</x:v>
+        <x:v>574059</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="U46" s="16" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>36149</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>500292</x:v>
+        <x:v>589688</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="U47" s="4" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>38131</x:v>
+        <x:v>36149</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
-      <x:c r="E48" s="14" t="s"/>
+      <x:c r="E48" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>574059</x:v>
+        <x:v>500292</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38131</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4043,51 +4043,51 @@
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>572904</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38131</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
@@ -4113,275 +4113,275 @@
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>600153</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>38131</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>546034</x:v>
+        <x:v>600151</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>36149</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>589684</x:v>
+        <x:v>508709</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>40359</x:v>
+        <x:v>38131</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
-        <x:v>32145</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>600151</x:v>
+        <x:v>546034</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>36149</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>508709</x:v>
+        <x:v>589684</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>36149</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -4391,51 +4391,51 @@
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>508710</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>40359</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
@@ -4447,173 +4447,173 @@
       <x:c r="K56" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>32145</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>600152</x:v>
+        <x:v>589686</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>38131</x:v>
+        <x:v>40359</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>34052</x:v>
+        <x:v>32145</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>546322</x:v>
+        <x:v>600152</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>40359</x:v>
+        <x:v>38131</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>32145</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>589686</x:v>
+        <x:v>546322</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38123</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4736,54 +4736,54 @@
       <x:c r="K61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>544974</x:v>
+        <x:v>542211</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37635</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
@@ -4795,54 +4795,54 @@
       <x:c r="K62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>542211</x:v>
+        <x:v>544974</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -4973,54 +4973,54 @@
       <x:c r="L65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>510684</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>53</x:v>
@@ -5031,57 +5031,57 @@
       <x:c r="K66" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>603437</x:v>
+        <x:v>554817</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -5091,57 +5091,57 @@
       <x:c r="K67" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>554817</x:v>
+        <x:v>603437</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -5396,51 +5396,51 @@
       <x:c r="M72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>603436</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -5456,51 +5456,51 @@
       <x:c r="M73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>603439</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>53</x:v>