--- v0 (2026-02-05)
+++ v1 (2026-02-06)
@@ -377,77 +377,77 @@
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion, entrepreneuriat et management d'activités (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité matériaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention management et commerce international</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité matériaux</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>master mention marketing, vente</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management de l'innovation</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
@@ -656,59 +656,59 @@
   <x:si>
     <x:t>09/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement de projets transversaux et innovants (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite changement technologique</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/18/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/18/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/28/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de la performance commerciale et du marketing digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie commerciale</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
@@ -1454,239 +1454,239 @@
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAURENARD</x:t>
   </x:si>
   <x:si>
+    <x:t>06/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/22/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupement Promotion Echanges Internationaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPEI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
+    <x:t>Idev - Antenne Châteaurenard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idev - Antenne Marignane</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13700</x:t>
+  </x:si>
+  <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
-    <x:t>Groupement Promotion Echanges Internationaux</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Manager de la stratégie marketing</x:t>
   </x:si>
   <x:si>
     <x:t>IDRAC BS</x:t>
   </x:si>
   <x:si>
     <x:t>06310</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing stratégique</x:t>
   </x:si>
   <x:si>
     <x:t>BEAULIEU-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie commerciale spécialisation MBA ingénierie d'affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International - Antenne Grasse</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie marketing omnicanale spécialisation MBA marketing du luxe et innovation (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Marketing industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie commerciale spécialisation MBA ingénierie d'affaires (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie marketing omnicanale spécialisation MBA marketing du luxe et innovation</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie commerciale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International - Antenne Mougins</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager de la stratégie marketing omnicanale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager de la stratégie commerciale</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager de la stratégie marketing omnicanale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager de la stratégie marketing omnicanale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Idrac business School - Compétences Commerce et International - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFC Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ifte Aix</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ifte Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Igpepm - Groupe Eductive</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation de la Profession de l'Assurance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IFPASS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation de la Profession de l'Assurance - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Directeur de produits touristiques (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion entreprise touristique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Formation Perrimond</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Formation Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>IFC</x:t>
   </x:si>
   <x:si>
-    <x:t>Idrac business School - Compétences Commerce et International - Antenne Nice</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>Institut La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13376</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement commercial France et International (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la santé : nutrition, alimentation parcours coordination de projet nutrition (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Produit diététique</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
@@ -2162,50 +2162,53 @@
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Marie-France - Cfa Marie-France</x:t>
   </x:si>
   <x:si>
     <x:t>LMF</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Sainte Elisabeth - Collège Sainte Elisabeth</x:t>
   </x:si>
   <x:si>
     <x:t>13170</x:t>
   </x:si>
   <x:si>
     <x:t>SEPTEMES-LES-VALLONS</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Sainte Marie</x:t>
   </x:si>
   <x:si>
+    <x:t>Profil Manager</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Sainte Elisabeth - LPP Sainte Elisatbeth</x:t>
   </x:si>
   <x:si>
     <x:t>13240</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Product manager</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
@@ -2213,95 +2216,92 @@
   <x:si>
     <x:t>75004</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion projet informatique</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/17/2030 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de marketing (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Product manager (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chargé de marketing</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>08/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Product manager (Contrat de Professionnalisation)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Organisme de Gestion du Lycée Technique Privé Catholique Saint Jean - Ogec Saint Jean</x:t>
   </x:si>
   <x:si>
     <x:t>ORT</x:t>
   </x:si>
   <x:si>
     <x:t>Ort Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Ort Formation - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pro Sap Formations</x:t>
   </x:si>
   <x:si>
     <x:t>75019</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Profil Manager</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Propuls Up - Ebm Business School</x:t>
   </x:si>
   <x:si>
     <x:t>92230</x:t>
   </x:si>
   <x:si>
     <x:t>Propuls Up - Ebm Business School - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Propuls Up - Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GROUPE BELMONT</x:t>
   </x:si>
   <x:si>
     <x:t>Provence formation - Erudis Aix</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Polyvalent Célony</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2027 00:00:00</x:t>
@@ -2339,84 +2339,84 @@
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>master mention innovation, entreprise et société</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Science politique</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chargé de marketing et communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Visiplus</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
     <x:t>Skillers - métiers du commercial et du marketing</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Wiki Learn Formation</x:t>
   </x:si>
   <x:si>
     <x:t>WLF</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -4613,262 +4613,262 @@
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>603824</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>37582</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>15099</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>595422</x:v>
+        <x:v>595842</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>35377</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>596725</x:v>
+        <x:v>595422</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>595423</x:v>
+        <x:v>596725</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>37582</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>15099</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>595842</x:v>
+        <x:v>595423</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -7807,178 +7807,178 @@
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>504401</x:v>
+        <x:v>608913</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>608913</x:v>
+        <x:v>556519</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>36914</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>32016</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>556519</x:v>
+        <x:v>504401</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -7991,51 +7991,51 @@
       <x:c r="L87" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>556514</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>184</x:v>
@@ -8176,51 +8176,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>608922</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
@@ -8236,51 +8236,51 @@
       <x:c r="M91" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>608920</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>137</x:v>
@@ -8294,51 +8294,51 @@
       <x:c r="L92" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>556533</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -8354,54 +8354,54 @@
       <x:c r="L93" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>556535</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="U93" s="4" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>146</x:v>
@@ -8415,54 +8415,54 @@
       <x:c r="L94" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>556643</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="U94" s="16" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -8778,51 +8778,51 @@
       <x:c r="L100" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>556637</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -8838,51 +8838,51 @@
       <x:c r="L101" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>556626</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>184</x:v>
@@ -9023,51 +9023,51 @@
       <x:c r="M104" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>556638</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -9144,51 +9144,51 @@
       <x:c r="M106" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>607675</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -9446,51 +9446,51 @@
       <x:c r="M111" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>607729</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>40</x:v>
@@ -9564,51 +9564,51 @@
       <x:c r="L113" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>564093</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>184</x:v>
@@ -9625,51 +9625,51 @@
       <x:c r="L114" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>521153</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -9688,51 +9688,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>607727</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>134</x:v>
@@ -9870,51 +9870,51 @@
       <x:c r="M118" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>556551</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
@@ -10109,54 +10109,54 @@
       <x:c r="L122" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>556609</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="U122" s="16" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
@@ -10351,51 +10351,51 @@
       <x:c r="L126" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>556573</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
@@ -10411,51 +10411,51 @@
       <x:c r="L127" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>504107</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>184</x:v>
@@ -10711,57 +10711,57 @@
       <x:c r="K132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>504116</x:v>
+        <x:v>556601</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
@@ -10771,57 +10771,57 @@
       <x:c r="K133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>556601</x:v>
+        <x:v>504116</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>214</x:v>
@@ -10886,54 +10886,54 @@
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>502365</x:v>
+        <x:v>502366</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>220</x:v>
@@ -10945,54 +10945,54 @@
       <x:c r="J136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>502366</x:v>
+        <x:v>502365</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -13020,57 +13020,57 @@
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>607546</x:v>
+        <x:v>552719</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>146</x:v>
@@ -13081,57 +13081,57 @@
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>552719</x:v>
+        <x:v>607546</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -13383,57 +13383,57 @@
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>604217</x:v>
+        <x:v>552848</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>146</x:v>
@@ -13444,57 +13444,57 @@
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>552848</x:v>
+        <x:v>604217</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -13504,57 +13504,57 @@
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>553202</x:v>
+        <x:v>604165</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>146</x:v>
@@ -13565,57 +13565,57 @@
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>604165</x:v>
+        <x:v>553202</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
@@ -16882,159 +16882,159 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>556200</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>297</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
-        <x:v>35961</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
-        <x:v>34254</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>556202</x:v>
+        <x:v>608699</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>35961</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>34254</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>608699</x:v>
+        <x:v>556202</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>35961</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
@@ -19463,146 +19463,146 @@
       <x:c r="T282" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>565512</x:v>
+        <x:v>542947</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>542947</x:v>
+        <x:v>565512</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>420</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -20882,51 +20882,51 @@
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>545112</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
@@ -20939,51 +20939,51 @@
       <x:c r="J308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>597605</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
@@ -20993,51 +20993,51 @@
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>545113</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -21109,119 +21109,119 @@
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>557468</x:v>
+        <x:v>607336</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I312" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>607336</x:v>
+        <x:v>557468</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H313" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21344,57 +21344,57 @@
       <x:c r="K315" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>585594</x:v>
+        <x:v>545116</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
@@ -21403,57 +21403,57 @@
       <x:c r="K316" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>545116</x:v>
+        <x:v>585594</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>433</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -21511,60 +21511,60 @@
       <x:c r="J318" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>589724</x:v>
+        <x:v>545105</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21625,60 +21625,60 @@
       <x:c r="J320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>545105</x:v>
+        <x:v>589724</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -22242,396 +22242,395 @@
       <x:c r="K331" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>581447</x:v>
+        <x:v>545099</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>545097</x:v>
+        <x:v>545100</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>545099</x:v>
+        <x:v>581447</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>545100</x:v>
+        <x:v>545097</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
-      <x:c r="E335" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>603632</x:v>
+        <x:v>510792</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
-        <x:v>242</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
-      <x:c r="E336" s="14" t="s"/>
+      <x:c r="E336" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>510792</x:v>
+        <x:v>549477</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="E337" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G337" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>549477</x:v>
+        <x:v>603632</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
@@ -23404,156 +23403,156 @@
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
         <x:v>606291</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
-      <x:c r="E352" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>469</x:v>
-[...1 lines deleted...]
-      <x:c r="H352" s="14" t="s"/>
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="H352" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
       <x:c r="I352" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>551967</x:v>
+        <x:v>545091</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>545091</x:v>
+        <x:v>545094</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
@@ -23565,54 +23564,54 @@
       <x:c r="J354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>545094</x:v>
+        <x:v>545086</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
@@ -23622,60 +23621,60 @@
       <x:c r="J355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>545086</x:v>
+        <x:v>554797</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I356" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
@@ -23684,868 +23683,867 @@
       <x:c r="K356" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>554797</x:v>
+        <x:v>545089</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C357" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H357" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I357" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J357" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>545089</x:v>
+        <x:v>554799</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C358" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I358" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K358" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>554799</x:v>
+        <x:v>606290</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>397</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>606290</x:v>
+        <x:v>545093</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
-      <x:c r="E360" s="14" t="s"/>
+      <x:c r="E360" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>467</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>545093</x:v>
+        <x:v>548450</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>548450</x:v>
+        <x:v>497753</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>497753</x:v>
+        <x:v>601145</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
-      <x:c r="E363" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G363" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>601145</x:v>
+        <x:v>558634</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
-        <x:v>242</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
-      <x:c r="E364" s="14" t="s"/>
+      <x:c r="E364" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>474</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>472</x:v>
+      </x:c>
+      <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
+        <x:v>475</x:v>
+      </x:c>
+      <x:c r="R364" s="14" t="s">
+        <x:v>460</x:v>
+      </x:c>
+      <x:c r="S364" s="14" t="n">
+        <x:v>502690</x:v>
+      </x:c>
+      <x:c r="T364" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="R364" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U364" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="Q365" s="4" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="R365" s="0" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="S365" s="0" t="n">
+        <x:v>502691</x:v>
+      </x:c>
+      <x:c r="T365" s="4" t="s">
+        <x:v>476</x:v>
+      </x:c>
+      <x:c r="U365" s="4" t="s">
         <x:v>477</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>480</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>502691</x:v>
+        <x:v>551969</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>551969</x:v>
+        <x:v>599875</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="Q368" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
-      <x:c r="Q368" s="16" t="s">
+      <x:c r="R368" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="R368" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>599875</x:v>
+        <x:v>551967</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>599873</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>502689</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>40592</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
@@ -25070,205 +25068,205 @@
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>498272</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>36519</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>34091</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>498270</x:v>
+        <x:v>498275</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
-        <x:v>36518</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
-        <x:v>34030</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>498274</x:v>
+        <x:v>498270</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
-        <x:v>36519</x:v>
+        <x:v>36518</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
-        <x:v>34091</x:v>
+        <x:v>34030</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>498275</x:v>
+        <x:v>498274</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
@@ -25346,1307 +25344,1307 @@
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>498273</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
-      <x:c r="E386" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
-        <x:v>502</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>498</x:v>
+      </x:c>
+      <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>549221</x:v>
+        <x:v>546597</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
-        <x:v>38368</x:v>
+        <x:v>36518</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
-        <x:v>34040</x:v>
+        <x:v>34030</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>546597</x:v>
+        <x:v>546600</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>36518</x:v>
+        <x:v>36519</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>34030</x:v>
+        <x:v>34091</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>546600</x:v>
+        <x:v>546603</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>500</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
-        <x:v>36519</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
-        <x:v>34091</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>546603</x:v>
+        <x:v>593952</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
-      <x:c r="E390" s="14" t="s"/>
+      <x:c r="E390" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>506</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>593952</x:v>
+        <x:v>495438</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>495438</x:v>
+        <x:v>545031</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>545031</x:v>
+        <x:v>616220</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>507</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>616220</x:v>
+        <x:v>603474</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>340</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>603474</x:v>
+        <x:v>546962</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>546962</x:v>
+        <x:v>506892</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>506892</x:v>
+        <x:v>611116</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>510</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>611116</x:v>
+        <x:v>535323</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>511</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>535323</x:v>
+        <x:v>550673</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
-      <x:c r="E399" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G399" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>550673</x:v>
+        <x:v>593955</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>593955</x:v>
+        <x:v>593941</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H401" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>593941</x:v>
+        <x:v>519105</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
-        <x:v>242</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
-      <x:c r="E402" s="14" t="s"/>
+      <x:c r="E402" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H402" s="14" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I402" s="16" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="H402" s="14" t="s">
+      <x:c r="J402" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K402" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L402" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M402" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N402" s="15" t="n">
+        <x:v>34040</x:v>
+      </x:c>
+      <x:c r="O402" s="14" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P402" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
-      <x:c r="I402" s="16" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>519105</x:v>
+        <x:v>549086</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="H403" s="0" t="s">
+        <x:v>514</x:v>
+      </x:c>
+      <x:c r="I403" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
-      <x:c r="H403" s="0" t="s">
+      <x:c r="J403" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K403" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L403" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M403" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N403" s="3" t="n">
+        <x:v>34040</x:v>
+      </x:c>
+      <x:c r="O403" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P403" s="0" t="s">
         <x:v>516</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>518</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>549086</x:v>
+        <x:v>521862</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>34588</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I404" s="16" t="s">
-        <x:v>517</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>42627</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>272</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>521862</x:v>
+        <x:v>508763</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>519</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>34588</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>42627</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P405" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="P405" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>442</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>508763</x:v>
+        <x:v>614685</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I406" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>614685</x:v>
+        <x:v>549221</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="H407" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>503853</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
@@ -27051,51 +27049,51 @@
       <x:c r="T414" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
@@ -27112,172 +27110,172 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I416" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>545149</x:v>
+        <x:v>607865</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H417" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>607865</x:v>
+        <x:v>545149</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -27293,51 +27291,51 @@
       <x:c r="T418" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -27354,51 +27352,51 @@
         <x:v>36</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="I420" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>536</x:v>
       </x:c>
@@ -27740,51 +27738,51 @@
       <x:c r="L426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>495739</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>435</x:v>
       </x:c>
@@ -28474,51 +28472,51 @@
       <x:c r="J439" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>592005</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>37814</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -28703,51 +28701,51 @@
       <x:c r="L443" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>529438</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>37074</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
@@ -28814,51 +28812,51 @@
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>13096</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>529437</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="C446" s="15" t="s"/>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>69</x:v>
@@ -29037,57 +29035,57 @@
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>509509</x:v>
+        <x:v>556176</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s"/>
       <x:c r="I450" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
@@ -29096,57 +29094,57 @@
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>556176</x:v>
+        <x:v>509509</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>589</x:v>
+        <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -29342,159 +29340,159 @@
       </x:c>
       <x:c r="P454" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
         <x:v>560767</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
-        <x:v>41475</x:v>
+        <x:v>40248</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="E455" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G455" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
-        <x:v>34060</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>603760</x:v>
+        <x:v>603544</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
-        <x:v>201</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
-        <x:v>40248</x:v>
+        <x:v>41475</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H456" s="14" t="s"/>
       <x:c r="I456" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>34060</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>603544</x:v>
+        <x:v>603760</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="E457" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G457" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
@@ -29515,159 +29513,159 @@
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>603545</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
-        <x:v>38368</x:v>
+        <x:v>41475</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34060</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>603762</x:v>
+        <x:v>603758</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
-        <x:v>595</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
-        <x:v>41475</x:v>
+        <x:v>38368</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
-        <x:v>34060</x:v>
+        <x:v>34040</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
-        <x:v>596</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>603758</x:v>
+        <x:v>603762</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>40248</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
@@ -29744,102 +29742,100 @@
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
         <x:v>600142</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
-      <x:c r="E462" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E462" s="14" t="s"/>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>508719</x:v>
+        <x:v>504652</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -29860,100 +29856,102 @@
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
         <x:v>546011</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
-      <x:c r="E464" s="14" t="s"/>
+      <x:c r="E464" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>504652</x:v>
+        <x:v>508719</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="G465" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -30519,51 +30517,51 @@
       <x:c r="J475" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
         <x:v>593933</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
       <x:c r="E476" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -31756,51 +31754,51 @@
       <x:c r="I496" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
         <x:v>608239</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C497" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D497" s="3" t="s"/>
@@ -31816,51 +31814,51 @@
       <x:c r="I497" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J497" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>511070</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C498" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D498" s="15" t="s"/>
@@ -31877,51 +31875,51 @@
       <x:c r="I498" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
-        <x:v>476</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
         <x:v>556468</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C499" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D499" s="3" t="s"/>
@@ -31934,51 +31932,51 @@
       <x:c r="I499" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J499" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>547835</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
@@ -31993,51 +31991,51 @@
       <x:c r="I500" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
         <x:v>494821</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C501" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D501" s="3" t="s"/>
@@ -32050,51 +32048,51 @@
       <x:c r="I501" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J501" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
-        <x:v>478</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>602317</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
@@ -32319,75 +32317,75 @@
       <x:c r="T505" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>593934</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
@@ -32685,51 +32683,51 @@
       <x:c r="I512" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>494876</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
@@ -32742,51 +32740,51 @@
       <x:c r="I513" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>547775</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
@@ -32801,51 +32799,51 @@
       <x:c r="I514" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>602257</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
@@ -32864,57 +32862,57 @@
       <x:c r="K515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>602316</x:v>
+        <x:v>494822</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
@@ -32923,57 +32921,57 @@
       <x:c r="K516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M516" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N516" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O516" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P516" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q516" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R516" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S516" s="14" t="n">
-        <x:v>494822</x:v>
+        <x:v>602316</x:v>
       </x:c>
       <x:c r="T516" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U516" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="517" spans="1:21">
       <x:c r="A517" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B517" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C517" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D517" s="3" t="s"/>
       <x:c r="E517" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G517" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I517" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J517" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33005,57 +33003,57 @@
         <x:v>547836</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I518" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K518" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L518" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -33065,57 +33063,57 @@
       <x:c r="S518" s="14" t="n">
         <x:v>609965</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -33126,57 +33124,57 @@
         <x:v>556858</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I520" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>639</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -34240,54 +34238,54 @@
       <x:c r="S538" s="14" t="n">
         <x:v>501354</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -34302,51 +34300,51 @@
       </x:c>
       <x:c r="U539" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
-        <x:v>510</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -34356,54 +34354,54 @@
       <x:c r="S540" s="14" t="n">
         <x:v>608578</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="E541" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G541" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -35840,57 +35838,57 @@
       <x:c r="S566" s="14" t="n">
         <x:v>555285</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
@@ -35901,57 +35899,57 @@
         <x:v>557208</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
       <x:c r="E568" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I568" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
@@ -36143,57 +36141,57 @@
         <x:v>546528</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I572" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>694</x:v>
       </x:c>
@@ -36203,57 +36201,57 @@
       <x:c r="S572" s="14" t="n">
         <x:v>556809</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="E573" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G573" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H573" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>694</x:v>
       </x:c>
@@ -36264,57 +36262,57 @@
         <x:v>508772</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I574" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
@@ -36324,57 +36322,57 @@
       <x:c r="S574" s="14" t="n">
         <x:v>508749</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H575" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
@@ -36385,57 +36383,57 @@
         <x:v>609672</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I576" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J576" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K576" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L576" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M576" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N576" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O576" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P576" s="14" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="Q576" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
@@ -36445,1301 +36443,1304 @@
       <x:c r="S576" s="14" t="n">
         <x:v>556872</x:v>
       </x:c>
       <x:c r="T576" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U576" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="577" spans="1:21">
       <x:c r="A577" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B577" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C577" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D577" s="3" t="s"/>
       <x:c r="E577" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G577" s="0" t="s">
-        <x:v>560</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="I577" s="4" t="s">
-        <x:v>561</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="J577" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K577" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L577" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M577" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N577" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O577" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P577" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="Q577" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="R577" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="S577" s="0" t="n">
-        <x:v>606949</x:v>
+        <x:v>598888</x:v>
       </x:c>
       <x:c r="T577" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U577" s="4" t="s">
-        <x:v>698</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="578" spans="1:21">
       <x:c r="A578" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B578" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C578" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D578" s="15" t="s"/>
       <x:c r="E578" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F578" s="14" t="s"/>
       <x:c r="G578" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="H578" s="14" t="s"/>
       <x:c r="I578" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J578" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K578" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L578" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M578" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N578" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O578" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P578" s="14" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="Q578" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R578" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S578" s="14" t="n">
-        <x:v>504963</x:v>
+        <x:v>606949</x:v>
       </x:c>
       <x:c r="T578" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U578" s="16" t="s">
         <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="579" spans="1:21">
       <x:c r="A579" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B579" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C579" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D579" s="3" t="s"/>
       <x:c r="E579" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G579" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I579" s="4" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="J579" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K579" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L579" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M579" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N579" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O579" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P579" s="0" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="Q579" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R579" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S579" s="0" t="n">
-        <x:v>547439</x:v>
+        <x:v>504963</x:v>
       </x:c>
       <x:c r="T579" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U579" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>700</x:v>
       </x:c>
     </x:row>
     <x:row r="580" spans="1:21">
       <x:c r="A580" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B580" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
-        <x:v>520</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
-        <x:v>701</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
-        <x:v>695</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>609781</x:v>
+        <x:v>547439</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>702</x:v>
+        <x:v>565</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C581" s="3" t="n">
+        <x:v>38368</x:v>
+      </x:c>
+      <x:c r="D581" s="3" t="s"/>
+      <x:c r="E581" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G581" s="0" t="s">
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="H581" s="0" t="s">
+        <x:v>519</x:v>
+      </x:c>
+      <x:c r="I581" s="4" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="J581" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K581" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="L581" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M581" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N581" s="3" t="n">
+        <x:v>34040</x:v>
+      </x:c>
+      <x:c r="O581" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="P581" s="0" t="s">
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="Q581" s="4" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="R581" s="0" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="S581" s="0" t="n">
+        <x:v>609781</x:v>
+      </x:c>
+      <x:c r="T581" s="4" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="U581" s="4" t="s">
         <x:v>703</x:v>
-      </x:c>
-[...47 lines deleted...]
-        <x:v>710</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
-        <x:v>242</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
-        <x:v>711</x:v>
-[...1 lines deleted...]
-      <x:c r="C582" s="15" t="s"/>
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="C582" s="15" t="n">
+        <x:v>41141</x:v>
+      </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I582" s="16" t="s">
-        <x:v>706</x:v>
-[...1 lines deleted...]
-      <x:c r="J582" s="14" t="s"/>
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="J582" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
       <x:c r="K582" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L582" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
-        <x:v>34052</x:v>
+        <x:v>31094</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
-        <x:v>578631</x:v>
+        <x:v>615703</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>712</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
-        <x:v>713</x:v>
+        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C583" s="3" t="s"/>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="H583" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="K583" s="0" t="s">
-        <x:v>715</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L583" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
-        <x:v>578634</x:v>
+        <x:v>578631</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>716</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
-        <x:v>717</x:v>
+        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
-        <x:v>718</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>41141</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I584" s="16" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>31094</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
+        <x:v>708</x:v>
+      </x:c>
+      <x:c r="P584" s="14" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="Q584" s="16" t="s">
         <x:v>707</x:v>
       </x:c>
-      <x:c r="P584" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>615704</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C585" s="3" t="s"/>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="H585" s="0" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>708</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>578630</x:v>
+        <x:v>578634</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
-        <x:v>713</x:v>
+        <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="C586" s="15" t="s"/>
       <x:c r="D586" s="15" t="s"/>
-      <x:c r="E586" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="I586" s="16" t="s">
-        <x:v>472</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>707</x:v>
+      </x:c>
+      <x:c r="J586" s="14" t="s"/>
       <x:c r="K586" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
-        <x:v>34040</x:v>
+        <x:v>34052</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
-        <x:v>508950</x:v>
+        <x:v>578630</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>714</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="E587" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G587" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H587" s="0" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
-        <x:v>556864</x:v>
+        <x:v>508950</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I588" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
-        <x:v>719</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
-        <x:v>609681</x:v>
+        <x:v>556864</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
+      <x:c r="E589" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G589" s="0" t="s">
-        <x:v>720</x:v>
+        <x:v>518</x:v>
+      </x:c>
+      <x:c r="H589" s="0" t="s">
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
-        <x:v>593944</x:v>
+        <x:v>609681</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
-      <x:c r="E590" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
-        <x:v>706</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
-        <x:v>722</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>502497</x:v>
+        <x:v>593944</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>723</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="E591" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
-        <x:v>547201</x:v>
+        <x:v>502497</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="J592" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K592" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L592" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M592" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N592" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O592" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P592" s="14" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q592" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R592" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S592" s="14" t="n">
-        <x:v>547200</x:v>
+        <x:v>547201</x:v>
       </x:c>
       <x:c r="T592" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U592" s="16" t="s">
-        <x:v>723</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="593" spans="1:21">
       <x:c r="A593" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B593" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C593" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D593" s="3" t="s"/>
       <x:c r="E593" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G593" s="0" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="I593" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="J593" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K593" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L593" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M593" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N593" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O593" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P593" s="0" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q593" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R593" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S593" s="0" t="n">
-        <x:v>605438</x:v>
+        <x:v>547200</x:v>
       </x:c>
       <x:c r="T593" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U593" s="4" t="s">
         <x:v>724</x:v>
       </x:c>
     </x:row>
     <x:row r="594" spans="1:21">
       <x:c r="A594" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B594" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C594" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D594" s="15" t="s"/>
       <x:c r="E594" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F594" s="14" t="s"/>
       <x:c r="G594" s="14" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="H594" s="14" t="s"/>
       <x:c r="I594" s="16" t="s">
-        <x:v>706</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="J594" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K594" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L594" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M594" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N594" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O594" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P594" s="14" t="s">
-        <x:v>722</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q594" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R594" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S594" s="14" t="n">
-        <x:v>605439</x:v>
+        <x:v>605438</x:v>
       </x:c>
       <x:c r="T594" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U594" s="16" t="s">
-        <x:v>564</x:v>
+        <x:v>725</x:v>
       </x:c>
     </x:row>
     <x:row r="595" spans="1:21">
       <x:c r="A595" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B595" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C595" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D595" s="3" t="s"/>
       <x:c r="E595" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G595" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="I595" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="J595" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
-        <x:v>725</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
-        <x:v>726</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
-        <x:v>567058</x:v>
+        <x:v>605439</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
-        <x:v>727</x:v>
+        <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C596" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="H596" s="14" t="s"/>
       <x:c r="I596" s="16" t="s">
-        <x:v>653</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K596" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="Q596" s="16" t="s">
+        <x:v>727</x:v>
+      </x:c>
+      <x:c r="R596" s="14" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="S596" s="14" t="n">
+        <x:v>567058</x:v>
+      </x:c>
+      <x:c r="T596" s="16" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="U596" s="16" t="s">
         <x:v>728</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C597" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="E597" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G597" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="J597" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
-        <x:v>504479</x:v>
+        <x:v>545561</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C598" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="H598" s="14" t="s"/>
       <x:c r="I598" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K598" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
-        <x:v>728</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>653</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
-        <x:v>598888</x:v>
+        <x:v>504479</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C599" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="E599" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G599" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="J599" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -38566,154 +38567,153 @@
       </x:c>
       <x:c r="O613" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>738</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
         <x:v>607423</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C614" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D614" s="15" t="s"/>
-      <x:c r="E614" s="14" t="s"/>
+      <x:c r="E614" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J614" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K614" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
-        <x:v>604519</x:v>
+        <x:v>601322</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
         <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
-      <x:c r="E615" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
         <x:v>34040</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>601322</x:v>
+        <x:v>604519</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>740</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>38368</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>739</x:v>
@@ -39900,205 +39900,205 @@
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
         <x:v>453825</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
         <x:v>755</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
-        <x:v>35377</x:v>
+        <x:v>37786</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="G637" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="J637" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K637" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="L637" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="M637" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="N637" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>34085</x:v>
       </x:c>
       <x:c r="O637" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="P637" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
-        <x:v>756</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
-        <x:v>596722</x:v>
+        <x:v>613733</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s"/>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
-        <x:v>757</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>595424</x:v>
+        <x:v>596722</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="G639" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>595421</x:v>
+        <x:v>595424</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>96</x:v>
@@ -40186,888 +40186,892 @@
       </x:c>
       <x:c r="O641" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
         <x:v>554876</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
-        <x:v>35377</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
-      <x:c r="E642" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E642" s="14" t="s"/>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
-        <x:v>32047</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>603412</x:v>
+        <x:v>595421</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
-        <x:v>35907</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
+      <x:c r="E643" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G643" s="0" t="s">
-        <x:v>750</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H643" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
-        <x:v>752</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
-        <x:v>757</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>595499</x:v>
+        <x:v>603412</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
-        <x:v>35377</x:v>
+        <x:v>35907</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
-      <x:c r="E644" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E644" s="14" t="s"/>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>750</x:v>
+      </x:c>
+      <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
-        <x:v>32047</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>750</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
-        <x:v>602</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>510590</x:v>
+        <x:v>595499</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
+      <x:c r="E645" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G645" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H645" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
-        <x:v>758</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>596726</x:v>
+        <x:v>510590</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s"/>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
-        <x:v>758</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
-        <x:v>760</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>596727</x:v>
+        <x:v>596726</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="G647" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>596724</x:v>
+        <x:v>596727</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
-        <x:v>35907</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s"/>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="J648" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="K648" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L648" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M648" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N648" s="15" t="n">
-        <x:v>34566</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O648" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P648" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="Q648" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R648" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S648" s="14" t="n">
-        <x:v>595498</x:v>
+        <x:v>596724</x:v>
       </x:c>
       <x:c r="T648" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U648" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="649" spans="1:21">
       <x:c r="A649" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B649" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C649" s="3" t="n">
-        <x:v>35377</x:v>
+        <x:v>35907</x:v>
       </x:c>
       <x:c r="D649" s="3" t="s"/>
       <x:c r="G649" s="0" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="I649" s="4" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="J649" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="K649" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="L649" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M649" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N649" s="3" t="n">
-        <x:v>32047</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O649" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P649" s="0" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="Q649" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R649" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S649" s="0" t="n">
-        <x:v>596723</x:v>
+        <x:v>595498</x:v>
       </x:c>
       <x:c r="T649" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U649" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="650" spans="1:21">
       <x:c r="A650" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="B650" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C650" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D650" s="15" t="s"/>
-      <x:c r="E650" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E650" s="14" t="s"/>
       <x:c r="F650" s="14" t="s"/>
       <x:c r="G650" s="14" t="s">
-        <x:v>96</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="H650" s="14" t="s"/>
       <x:c r="I650" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="J650" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K650" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L650" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M650" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N650" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O650" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P650" s="14" t="s">
-        <x:v>765</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
-        <x:v>602555</x:v>
+        <x:v>596723</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H651" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
-        <x:v>556169</x:v>
+        <x:v>602555</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I652" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
-        <x:v>765</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
-        <x:v>602553</x:v>
+        <x:v>556169</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
         <x:v>35377</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="E653" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="H653" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
-        <x:v>765</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
-        <x:v>556146</x:v>
+        <x:v>602553</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
-        <x:v>766</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
-        <x:v>37786</x:v>
+        <x:v>35377</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
-      <x:c r="E654" s="14" t="s"/>
+      <x:c r="E654" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
-        <x:v>767</x:v>
-[...1 lines deleted...]
-      <x:c r="H654" s="14" t="s"/>
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="H654" s="14" t="s">
+        <x:v>97</x:v>
+      </x:c>
       <x:c r="I654" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J654" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K654" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L654" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M654" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N654" s="15" t="n">
-        <x:v>34085</x:v>
+        <x:v>32047</x:v>
       </x:c>
       <x:c r="O654" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P654" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q654" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="R654" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S654" s="14" t="n">
-        <x:v>613733</x:v>
+        <x:v>556146</x:v>
       </x:c>
       <x:c r="T654" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U654" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="655" spans="1:21">
       <x:c r="A655" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B655" s="0" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C655" s="3" t="s"/>
       <x:c r="D655" s="3" t="s"/>
       <x:c r="G655" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="I655" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="K655" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L655" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M655" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N655" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O655" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P655" s="0" t="s">
-        <x:v>767</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q655" s="4" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R655" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S655" s="0" t="n">
         <x:v>581460</x:v>
       </x:c>
       <x:c r="T655" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="U655" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="656" spans="1:21">
       <x:c r="A656" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B656" s="14" t="s">
-        <x:v>766</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="C656" s="15" t="n">
         <x:v>37786</x:v>
       </x:c>
       <x:c r="D656" s="15" t="s"/>
       <x:c r="E656" s="14" t="s"/>
       <x:c r="F656" s="14" t="s"/>
       <x:c r="G656" s="14" t="s">
-        <x:v>767</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H656" s="14" t="s"/>
       <x:c r="I656" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="J656" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K656" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L656" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="M656" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="N656" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O656" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P656" s="14" t="s">
-        <x:v>767</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="Q656" s="16" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="R656" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="S656" s="14" t="n">
         <x:v>578823</x:v>
       </x:c>
       <x:c r="T656" s="16" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="U656" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="657" spans="1:21">
       <x:c r="A657" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B657" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C657" s="3" t="n">