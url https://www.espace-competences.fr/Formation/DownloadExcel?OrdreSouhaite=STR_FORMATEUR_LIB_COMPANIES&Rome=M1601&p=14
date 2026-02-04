--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -320,62 +320,62 @@
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>AFPA - FILIALE ENTREPRISE</x:t>
   </x:si>
   <x:si>
     <x:t>Accueillir votre public avec excellence</x:t>
   </x:si>
   <x:si>
     <x:t>Impuls</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
@@ -860,56 +860,56 @@
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/28/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
@@ -1001,59 +1001,59 @@
   <x:si>
     <x:t>France Logistique Transport Management</x:t>
   </x:si>
   <x:si>
     <x:t>FLTM</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>Commerçant , Conjoint collaborateur d'artisan , Conjoint collaborateur d'exploitant agricole , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>02/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BAC PRO Métiers de l'Accueil</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Employé administratif et d'accueil</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
@@ -1655,57 +1655,57 @@
   <x:si>
     <x:t>13570</x:t>
   </x:si>
   <x:si>
     <x:t>BARBENTANE</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MFR Bléone-Durance</x:t>
   </x:si>
   <x:si>
     <x:t>MFR de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Cour Maintenon</x:t>
   </x:si>
   <x:si>
     <x:t>Optim'hum</x:t>
   </x:si>
   <x:si>
+    <x:t>04/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Brise-Lames</x:t>
   </x:si>
   <x:si>
     <x:t>Rk2c Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel employé administratif et d'accueil (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
@@ -3522,54 +3522,54 @@
       <x:c r="J23" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>544539</x:v>
+        <x:v>529538</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
@@ -3584,114 +3584,114 @@
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>591263</x:v>
+        <x:v>544539</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>529538</x:v>
+        <x:v>591263</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
@@ -3830,159 +3830,159 @@
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>513078</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>604500</x:v>
+        <x:v>524901</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>524901</x:v>
+        <x:v>524906</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>97</x:v>
@@ -3995,102 +3995,102 @@
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>576540</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>524906</x:v>
+        <x:v>604500</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -4391,54 +4391,54 @@
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>544554</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -5087,54 +5087,54 @@
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>529573</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -6577,51 +6577,51 @@
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>599688</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>144</x:v>
@@ -7910,129 +7910,129 @@
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>598988</x:v>
+        <x:v>598987</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>598987</x:v>
+        <x:v>598988</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>235</x:v>
@@ -8530,126 +8530,126 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>559367</x:v>
+        <x:v>577271</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>577271</x:v>
+        <x:v>559367</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -8855,164 +8855,164 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>555921</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>555923</x:v>
+        <x:v>608525</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>608525</x:v>
+        <x:v>555923</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
@@ -9093,208 +9093,208 @@
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>598731</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>598754</x:v>
+        <x:v>599169</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>598755</x:v>
+        <x:v>598754</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>599169</x:v>
+        <x:v>598755</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>277</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="G122" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -9488,51 +9488,51 @@
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>583773</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
@@ -9598,114 +9598,114 @@
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>542222</x:v>
+        <x:v>492297</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>492297</x:v>
+        <x:v>542222</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="F129" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
@@ -9950,57 +9950,57 @@
       <x:c r="K133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>554034</x:v>
+        <x:v>574079</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
@@ -10009,57 +10009,57 @@
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>574079</x:v>
+        <x:v>554034</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -13346,51 +13346,51 @@
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>31854</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>565217</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38225</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>314</x:v>
@@ -13689,51 +13689,51 @@
       <x:c r="M199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>492903</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
@@ -13745,51 +13745,51 @@
       <x:c r="L200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>547546</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>477</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15383,205 +15383,205 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>519475</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>36803</x:v>
+        <x:v>41239</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>35035</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>543169</x:v>
+        <x:v>614953</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>529</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>41239</x:v>
+        <x:v>36803</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>35035</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>614953</x:v>
+        <x:v>583484</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>528</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>583484</x:v>
+        <x:v>543169</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="G232" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
@@ -15871,54 +15871,54 @@
       <x:c r="J237" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>575014</x:v>
+        <x:v>564642</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
@@ -15928,54 +15928,54 @@
       <x:c r="J238" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>564642</x:v>
+        <x:v>575014</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
@@ -16044,114 +16044,114 @@
       <x:c r="K240" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>564254</x:v>
+        <x:v>605448</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>202</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>35052</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>605448</x:v>
+        <x:v>564254</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>36803</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">