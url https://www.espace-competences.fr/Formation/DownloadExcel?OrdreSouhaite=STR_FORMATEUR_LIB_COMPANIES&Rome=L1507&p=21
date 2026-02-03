--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -263,59 +263,59 @@
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours écritures critiques, recherche et didactique de l'image</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention cinéma et audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'audiovisuel option métiers du son (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Développement Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADF</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
@@ -599,158 +599,158 @@
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'audiovisuel option métiers du montage et de la postproduction (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>92100</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Cadreur - monteur - vidéaste BC03 Réaliser le montage d’un projet audiovisuel et livrer le film</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Communication et de l'Audiovisuel de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>IMCA PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cadreur - monteur - vidéaste BC02 Assurer le tournage d’un projet audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>12/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cadreur monteur - vidéaste blocs de compétences 2 - 3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cadreur monteur - vidéaste BC2 assurer le tournage d’un projet audiovisuel de type reportage</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Cadreur monteur - vidéaste (ADAPTE)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Handicapé , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cadreur monteur - vidéaste</x:t>
   </x:si>
   <x:si>
     <x:t>Femme , Handicapé , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Monteur audiovisuel cinéma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut International Image et Son</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3IS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autre public , Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut International Image et Son - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ingénieur du son (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut International Image et Son</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Monteur audiovisuel cinéma</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Ingénieur du son</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Musical de Formation Professionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>IMFP</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'études supérieures des techniques du son</x:t>
   </x:si>
   <x:si>
     <x:t>ISTS</x:t>
@@ -776,59 +776,59 @@
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Première Pro CC 2022 - Les bases</x:t>
   </x:si>
   <x:si>
     <x:t>After Effects CC 2022 - Initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel traitement image</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier</x:t>
   </x:si>
   <x:si>
     <x:t>92300</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réalisateur monteur</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion production audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>La Compagnie de Formation - Pigier|La Compagnie de Formation - Pigier - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Les Ateliers de l'Image et du Son</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
@@ -905,77 +905,77 @@
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>Motion Design initiation</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Infographie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>03/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Final Cut Pro - montage vidéo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Première Pro - Perfectionnement</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Final Cut Pro - montage vidéo</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel monteur audiovisuel BC1 préparer et effectuer le montage de productions courtes</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Premiere Pro</x:t>
@@ -1034,104 +1034,104 @@
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Radio télévision</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Field recording et art sonore</x:t>
   </x:si>
   <x:si>
     <x:t>07/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Scénographie sonore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Construire une narration</x:t>
   </x:si>
   <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Initiation artistique et technique à la réalisation sonore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'art du mixage - 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Scénographie sonore</x:t>
-[...46 lines deleted...]
-  <x:si>
     <x:t>Des histoires au micro</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Enregistrer le paysagé</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>L'art du mixage</x:t>
@@ -1334,63 +1334,63 @@
   <x:si>
     <x:t>Ubitech</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-JEANNET</x:t>
   </x:si>
   <x:si>
     <x:t>Exploitation des liaisons RF</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention techniques du son et de l'image parcours Communication et valorisation de la création artistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université de Toulon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTLN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence pro mention techniques du son et de l'image parcours production musicale et médias interactifs numériques</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>Licence pro mention techniques du son et de l'image parcours Communication et valorisation de la création artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Montage d'une séquence magazine</x:t>
   </x:si>
   <x:si>
     <x:t>Vigie Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation son et podcast</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
@@ -1855,51 +1855,51 @@
           <a:tileRect l="0" t="0" r="0" b="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>
   <x:dimension ref="A1:U1"/>
   <x:sheetViews>
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
-    <x:col min="2" max="2" width="109.150625" style="0" customWidth="1"/>
+    <x:col min="2" max="2" width="110.080625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="17.700625" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="48.910625" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="78.840625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="115.340625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="32.150625" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="125.220625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
     <x:col min="18" max="18" width="30.500625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
@@ -2511,171 +2511,171 @@
       <x:c r="J11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>592096</x:v>
+        <x:v>592097</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="S12" s="14" t="n">
+        <x:v>592096</x:v>
+      </x:c>
+      <x:c r="T12" s="16" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="U12" s="16" t="s">
         <x:v>66</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>592098</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>73</x:v>
@@ -2806,51 +2806,51 @@
       <x:c r="L16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>606166</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>41</x:v>
@@ -3664,51 +3664,51 @@
       <x:c r="L32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>606165</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -3718,54 +3718,54 @@
       <x:c r="L33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>595654</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -3775,108 +3775,108 @@
       <x:c r="L34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>595757</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>595760</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G36" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>44</x:v>
@@ -4125,210 +4125,210 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>550669</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>37021</x:v>
+        <x:v>37020</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>46281</x:v>
+        <x:v>46269</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>535328</x:v>
+        <x:v>611113</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>37020</x:v>
+        <x:v>37196</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>46269</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>611113</x:v>
+        <x:v>611114</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>37196</x:v>
+        <x:v>37021</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>46236</x:v>
+        <x:v>46281</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>611114</x:v>
+        <x:v>535328</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>170</x:v>
@@ -4370,87 +4370,87 @@
       <x:c r="T44" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>611111</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -4462,54 +4462,54 @@
       <x:c r="L46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>535329</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -4519,54 +4519,54 @@
       <x:c r="L47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>535330</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -4748,51 +4748,51 @@
       <x:c r="K51" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>587175</x:v>
+        <x:v>587177</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38803</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
@@ -4807,51 +4807,51 @@
       <x:c r="K52" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>587177</x:v>
+        <x:v>587175</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38803</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -4934,213 +4934,212 @@
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>565858</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>39888</x:v>
+        <x:v>35122</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
-      <x:c r="E55" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>45061</x:v>
+        <x:v>46269</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>571082</x:v>
+        <x:v>573802</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>35122</x:v>
+        <x:v>39888</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
-      <x:c r="E56" s="14" t="s"/>
+      <x:c r="E56" s="14" t="s">
+        <x:v>70</x:v>
+      </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>46269</x:v>
+        <x:v>45061</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>573802</x:v>
+        <x:v>571082</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39888</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>571910</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
@@ -5211,51 +5210,51 @@
       <x:c r="L59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>595606</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>41243</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
@@ -5268,51 +5267,51 @@
       <x:c r="L60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>595607</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>41243</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -5322,51 +5321,51 @@
       <x:c r="L61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>45061</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>595608</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C62" s="15" t="s"/>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s"/>
       <x:c r="K62" s="14" t="s">
@@ -5488,216 +5487,216 @@
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>542238</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>37020</x:v>
+        <x:v>37196</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>46269</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>546510</x:v>
+        <x:v>603556</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>37196</x:v>
+        <x:v>37021</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>46236</x:v>
+        <x:v>46281</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>603556</x:v>
+        <x:v>546509</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="U66" s="16" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>37021</x:v>
+        <x:v>37020</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
-        <x:v>46281</x:v>
+        <x:v>46269</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>546509</x:v>
+        <x:v>546510</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
@@ -5766,54 +5765,54 @@
       <x:c r="L69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>603554</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
@@ -5882,54 +5881,54 @@
       <x:c r="L71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>603555</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -5998,54 +5997,54 @@
       <x:c r="L73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>546511</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>36901</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -6322,51 +6321,51 @@
       <x:c r="L79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>549565</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
@@ -6379,51 +6378,51 @@
       <x:c r="L80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>587201</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -6433,51 +6432,51 @@
       <x:c r="L81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>549563</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
@@ -6490,51 +6489,51 @@
       <x:c r="L82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>549566</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -6544,51 +6543,51 @@
       <x:c r="L83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>587200</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
@@ -6655,51 +6654,51 @@
       <x:c r="L85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>587202</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
@@ -6712,108 +6711,108 @@
       <x:c r="L86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>595758</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>595762</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -6823,105 +6822,105 @@
       <x:c r="L88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>595653</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>36953</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>595603</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36953</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
@@ -6934,51 +6933,51 @@
       <x:c r="L90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>595602</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -6988,54 +6987,54 @@
       <x:c r="L91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>595655</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -7045,108 +7044,108 @@
       <x:c r="L92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>595759</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>595656</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -7156,105 +7155,105 @@
       <x:c r="L94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>595761</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>36953</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>21794</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>595604</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
@@ -7293,87 +7292,87 @@
       <x:c r="T96" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>608575</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -7409,146 +7408,146 @@
       <x:c r="T98" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>608576</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>608577</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37196</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -7636,344 +7635,344 @@
         <x:v>276</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>72711</x:v>
+        <x:v>72713</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>578073</x:v>
+        <x:v>583490</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>278</x:v>
-[...1 lines deleted...]
-      <x:c r="C104" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C104" s="15" t="n">
+        <x:v>38752</x:v>
+      </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="J104" s="14" t="s"/>
+      <x:c r="J104" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>72711</x:v>
+        <x:v>46257</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>578075</x:v>
+        <x:v>582148</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>271</x:v>
-[...1 lines deleted...]
-      <x:c r="C105" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C105" s="3" t="n">
+        <x:v>38752</x:v>
+      </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46257</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>577985</x:v>
+        <x:v>582157</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>72713</x:v>
+        <x:v>72711</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>583490</x:v>
+        <x:v>578073</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="J107" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>46257</x:v>
+        <x:v>72711</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>582148</x:v>
+        <x:v>578075</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="J108" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>46257</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>582157</x:v>
+        <x:v>577985</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>279</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>113</x:v>
@@ -8143,51 +8142,51 @@
       <x:c r="L112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>582163</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -8310,51 +8309,51 @@
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>578071</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>72711</x:v>
       </x:c>
@@ -8520,51 +8519,51 @@
       <x:c r="M119" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>582167</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
@@ -8774,160 +8773,161 @@
       <x:c r="L124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>72711</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>578072</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>271</x:v>
-[...1 lines deleted...]
-      <x:c r="C125" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C125" s="3" t="n">
+        <x:v>38752</x:v>
+      </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
+      <x:c r="J125" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>46003</x:v>
+        <x:v>46257</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>577982</x:v>
+        <x:v>582159</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C126" s="15" t="s"/>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="J126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J126" s="14" t="s"/>
       <x:c r="K126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>46257</x:v>
+        <x:v>46003</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>582159</x:v>
+        <x:v>577982</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>113</x:v>
@@ -9093,62 +9093,62 @@
       <x:c r="L130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>582166</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>72711</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
@@ -9199,54 +9199,54 @@
       <x:c r="L132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>582160</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38752</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -9440,434 +9440,434 @@
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>605659</x:v>
+        <x:v>616698</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>616698</x:v>
+        <x:v>605657</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
-        <x:v>46236</x:v>
+        <x:v>46245</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>605657</x:v>
+        <x:v>605662</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
-        <x:v>46245</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>605662</x:v>
+        <x:v>605674</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>46236</x:v>
+        <x:v>46245</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>605674</x:v>
+        <x:v>605661</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s"/>
       <x:c r="K142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>46245</x:v>
+        <x:v>46236</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>605661</x:v>
+        <x:v>605673</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>605673</x:v>
+        <x:v>605684</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>605684</x:v>
+        <x:v>605659</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="U144" s="16" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>31</x:v>
@@ -9933,51 +9933,51 @@
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>605666</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
@@ -10084,51 +10084,51 @@
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>605682</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
@@ -10390,51 +10390,51 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>605668</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
@@ -10443,51 +10443,51 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>605676</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
@@ -10545,51 +10545,51 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>605681</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
@@ -10647,51 +10647,51 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>605663</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
@@ -10738,51 +10738,51 @@
       <x:c r="L162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>605685</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>30</x:v>
@@ -10840,62 +10840,62 @@
       <x:c r="L164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>605669</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>376</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
@@ -11107,107 +11107,107 @@
       <x:c r="I169" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>72710</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>568010</x:v>
+        <x:v>568009</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>72710</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>568009</x:v>
+        <x:v>568010</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>41</x:v>
@@ -11736,51 +11736,51 @@
       <x:c r="M181" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>46257</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>549702</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
@@ -11795,51 +11795,51 @@
       <x:c r="M182" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>564629</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -11852,51 +11852,51 @@
       <x:c r="M183" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>567925</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37020</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
@@ -11908,54 +11908,54 @@
       <x:c r="L184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>602158</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -11965,54 +11965,54 @@
       <x:c r="L185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>602157</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
@@ -12532,108 +12532,108 @@
       <x:c r="L196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>592363</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>592095</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
@@ -12642,170 +12642,170 @@
       <x:c r="K198" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>586830</x:v>
+        <x:v>606654</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>606654</x:v>
+        <x:v>586830</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40183</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>46254</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>571064</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>75</x:v>