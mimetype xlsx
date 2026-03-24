--- v1 (2026-03-24)
+++ v2 (2026-03-24)
@@ -368,140 +368,140 @@
   <x:si>
     <x:t>Master mention physique fondamentale et applications parcours physique</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie végétale</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention physique fondamentale et applications parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours approche intégrative des fonctions du vivant : du gène à la pathologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours biochimie structurale</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention microbiologie parcours ingénierie et biotechnologies microbiennes</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention neurosciences parcours Euro-mediterranean Master in Neuroscience (EMN-Online)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention microbiologie parcours ingénierie et biotechnologies microbiennes</x:t>
+    <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention nanosciences et nanotechnologies parcours nano-ingénierie et dispositifs quantiques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention neurosciences parcours Integrated and cognitive neuroscience</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention physique fondamentale et applications parcours optics &amp; photonics (Europhotonics)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours conception de structures composites</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention microbiologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention épistémologie, histoire des sciences et des techniques parcours épistémologie, histoire des sciences et techniques</x:t>
   </x:si>
   <x:si>
     <x:t>Histoire sciences et techniques</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Master mention immunologie parcours immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie intégrative et physiologie parcours Computational and mathematical biology</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biologie structurale, génomique parcours génomique et analyse des données</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention bio-géosciences parcours préparation à l'agrégation SV-STU</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention bio-géosciences parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours biodiversité : fonctions et conservation</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers|Aix Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Institut Pythéas - Observatoire des Sciences de l'Univers</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours gestion adaptative de la biodiversité</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention biodiversité, écologie et évolution parcours solutions fondées sur la nature</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie biologique et écologie marine</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie marine</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention biodiversité, écologie et évolution parcours écologie pour la gestion des villes et des territoires</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie physique et biogéochimique</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention biodiversité, écologie et évolution parcours écologie pour la gestion des villes et des territoires</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours facteurs humains des interactions avec l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Activité physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours ingénierie et ergonomie du mouvement humain</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours bio-ingénierie des tissus et des implants</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et techniques des activités physiques et sportives : ergonomie du sport et performance motrice</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : entraînement et optimisation de la performance sportive</x:t>
@@ -731,68 +731,68 @@
   <x:si>
     <x:t>Anatomie</x:t>
   </x:si>
   <x:si>
     <x:t>GOULT</x:t>
   </x:si>
   <x:si>
     <x:t>05/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire mathématiques-physique (MP), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>EMP</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI), 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique-chimie et sciences de l'ingénieur (PCSI) 1re année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Électricité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>classe préparatoire physique-chimie (PC), 2e année</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire aux études supérieures  - scientifique</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie mise à niveau</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire physique-chimie et sciences de l'ingénieur (PCSI) 1re année</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire mathématiques, physique et sciences de l'ingénieur (MPSI), 1re année option sciences industrielles de l'ingénieur</x:t>
   </x:si>
   <x:si>
     <x:t>cycle préparatoire intégré international de l'École supérieure Angevine d'informatique et de productique</x:t>
   </x:si>
   <x:si>
     <x:t>ESAIP - site d'Angers</x:t>
   </x:si>
   <x:si>
     <x:t>49124</x:t>
   </x:si>
   <x:si>
     <x:t>ESAIP- site d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Cours Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>ICOP</x:t>
@@ -1268,59 +1268,59 @@
   <x:si>
     <x:t>Lycée du Mont St-Jean</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Parc Impérial</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Sacré-Coeur</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Val d'Argens</x:t>
   </x:si>
   <x:si>
     <x:t>83490</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire physique-chimie (PC*), 2e année</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Dumont d'Urville</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire physique-chimie (PC*), 2e année</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>classe préparatoire physique et sciences de l'ingénieur (PSI*), 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Émile Zola</x:t>
   </x:si>
   <x:si>
     <x:t>13181</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée E Zola</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 5</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Esclangon</x:t>
   </x:si>
   <x:si>
     <x:t>04103</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Joliot Curie</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
@@ -1463,56 +1463,56 @@
   <x:si>
     <x:t>Lycée J Cocteau</x:t>
   </x:si>
   <x:si>
     <x:t>13141</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Ferry</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire physique, technologie et sciences de l'ingénieur (PTSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrin</x:t>
   </x:si>
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
+    <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
+  </x:si>
+  <x:si>
     <x:t>classe préparatoire physique et technologie (PT*), 2e année</x:t>
   </x:si>
   <x:si>
-    <x:t>classe préparatoire physique et technologie (PT), 2e année</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée cité internationale Jacques Chirac</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J. Chirac</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasteur</x:t>
@@ -2135,104 +2135,104 @@
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences du vivant</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>Bio-informatique</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité mathématiques appliquées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modèle mathématique</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention sciences du vivant</x:t>
   </x:si>
   <x:si>
-    <x:t>06103</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Diplôme d'université sciences et numérique</x:t>
   </x:si>
   <x:si>
     <x:t>Physique mise à niveau</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences et techniques des activités physiques et sportives : entraînement et optimisation de la performance sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Doctorat</x:t>
   </x:si>
   <x:si>
     <x:t>Recherche développement</x:t>
   </x:si>
   <x:si>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention bio-géosciences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention immunologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention humanités médicales</x:t>
   </x:si>
   <x:si>
-    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13385</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention bio-géosciences</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>master mention nanosciences et nanotechnologies</x:t>
   </x:si>
   <x:si>
     <x:t>master mention biologie intégrative et physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention santé publique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention neurosciences</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie mécanique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention microbiologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention épistémologie, histoire des sciences et des techniques</x:t>
@@ -2273,60 +2273,60 @@
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>Corrosion</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DU Ethologie 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>12/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -4865,775 +4865,775 @@
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>576145</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>38972</x:v>
+        <x:v>38969</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>12051</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>574986</x:v>
+        <x:v>574980</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>574989</x:v>
+        <x:v>574986</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>38984</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>581560</x:v>
+        <x:v>574989</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38972</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>581570</x:v>
+        <x:v>581560</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38969</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
-        <x:v>21543</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>574980</x:v>
+        <x:v>581570</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38691</x:v>
+        <x:v>39508</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
-        <x:v>11406</x:v>
+        <x:v>12058</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>574984</x:v>
+        <x:v>581561</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38972</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>12051</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>574987</x:v>
+        <x:v>574984</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>574988</x:v>
+        <x:v>574987</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
-        <x:v>38984</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>575010</x:v>
+        <x:v>574988</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>38969</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>21543</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>581568</x:v>
+        <x:v>575010</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>40617</x:v>
+        <x:v>38969</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>14229</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>581325</x:v>
+        <x:v>581568</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>39508</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>12058</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>581561</x:v>
+        <x:v>581325</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>574951</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
@@ -5878,51 +5878,51 @@
       <x:c r="G54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>575011</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
@@ -6255,150 +6255,150 @@
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>577558</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>38563</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
-        <x:v>12061</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>577559</x:v>
+        <x:v>577546</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>39185</x:v>
+        <x:v>38563</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>12054</x:v>
+        <x:v>12061</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>577546</x:v>
+        <x:v>577559</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -7944,270 +7944,270 @@
       <x:c r="B92" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>12067</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>591914</x:v>
+        <x:v>594205</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>593821</x:v>
+        <x:v>592906</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>592906</x:v>
+        <x:v>592956</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>592956</x:v>
+        <x:v>593821</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12067</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>594205</x:v>
+        <x:v>591914</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>25</x:v>
@@ -9261,78 +9261,78 @@
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>593881</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>591913</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
@@ -9363,78 +9363,78 @@
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>593748</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>591915</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
@@ -9722,74 +9722,74 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>594652</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C127" s="3" t="s"/>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>591916</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
@@ -11150,127 +11150,127 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>593801</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>592900</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>592961</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
@@ -11762,386 +11762,386 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>593816</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="K167" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="L167" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="M167" s="0" t="s">
+        <x:v>27</x:v>
+      </x:c>
+      <x:c r="N167" s="3" t="n">
+        <x:v>24054</x:v>
+      </x:c>
+      <x:c r="O167" s="0" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="P167" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="K167" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>592965</x:v>
+        <x:v>592942</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>592942</x:v>
+        <x:v>592965</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>592898</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>592890</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>593831</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>592954</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>400</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
@@ -12272,188 +12272,188 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>593875</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>592899</x:v>
+        <x:v>594204</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>594204</x:v>
+        <x:v>593768</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>593768</x:v>
+        <x:v>592899</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>416</x:v>
@@ -12484,131 +12484,131 @@
         <x:v>151</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>593864</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>29</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>593850</x:v>
+        <x:v>593904</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>593904</x:v>
+        <x:v>593850</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
@@ -13239,78 +13239,78 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>593785</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>592958</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
@@ -13341,139 +13341,139 @@
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>592889</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>595853</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>594655</x:v>
+        <x:v>595853</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>444</x:v>
@@ -13598,74 +13598,74 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>595105</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>592896</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
@@ -14108,74 +14108,74 @@
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>593775</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>592902</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
@@ -14184,51 +14184,51 @@
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>594658</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
@@ -14283,115 +14283,115 @@
       <x:c r="B216" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>592582</x:v>
+        <x:v>592953</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>592953</x:v>
+        <x:v>592582</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>354</x:v>
@@ -14769,104 +14769,104 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>593782</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s"/>
       <x:c r="K226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>592903</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
@@ -14924,51 +14924,51 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>593787</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
@@ -15026,51 +15026,51 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>592909</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
@@ -15661,51 +15661,51 @@
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>595856</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
@@ -15740,74 +15740,74 @@
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>595477</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>592901</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
@@ -15865,51 +15865,51 @@
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>592964</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
@@ -15944,74 +15944,74 @@
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>595852</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>592955</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
@@ -16095,192 +16095,192 @@
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>592967</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s"/>
       <x:c r="K252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>592939</x:v>
+        <x:v>594207</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>592894</x:v>
+        <x:v>592939</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>594207</x:v>
+        <x:v>592894</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>25</x:v>
@@ -16605,139 +16605,139 @@
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>593877</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>592963</x:v>
+        <x:v>592893</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>593793</x:v>
+        <x:v>592963</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>233</x:v>
@@ -16760,229 +16760,229 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>592968</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>592893</x:v>
+        <x:v>593793</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>594203</x:v>
+        <x:v>595107</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>592970</x:v>
+        <x:v>592892</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>401</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>592941</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
@@ -17013,241 +17013,241 @@
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>593889</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>592907</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>592960</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>11054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>592892</x:v>
+        <x:v>594203</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>449</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>595107</x:v>
+        <x:v>592970</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>521</x:v>
@@ -19106,188 +19106,188 @@
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>592910</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>593902</x:v>
+        <x:v>592951</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>24254</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>592580</x:v>
+        <x:v>593902</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>596</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>592951</x:v>
+        <x:v>592580</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>257</x:v>
@@ -19563,51 +19563,51 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>593822</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
@@ -19718,139 +19718,139 @@
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>591955</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
-        <x:v>24254</x:v>
+        <x:v>24454</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>592908</x:v>
+        <x:v>594653</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
-        <x:v>24454</x:v>
+        <x:v>24254</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>594653</x:v>
+        <x:v>592908</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>25</x:v>
@@ -20228,127 +20228,127 @@
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>593845</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>594206</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>592904</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
@@ -20644,131 +20644,131 @@
         <x:v>208</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>593755</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>593876</x:v>
+        <x:v>593917</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>411</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>593917</x:v>
+        <x:v>593876</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>25</x:v>
@@ -20889,90 +20889,90 @@
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>593868</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>592905</x:v>
+        <x:v>592959</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>25</x:v>
@@ -21044,188 +21044,188 @@
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>597473</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
-        <x:v>14232</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>593750</x:v>
+        <x:v>592905</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>593794</x:v>
+        <x:v>593750</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>24054</x:v>
+        <x:v>14232</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>592959</x:v>
+        <x:v>593794</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
         <x:v>649</x:v>
@@ -21656,127 +21656,127 @@
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>592888</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>592897</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>592957</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
@@ -21962,74 +21962,74 @@
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>592949</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>591917</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
@@ -22064,343 +22064,343 @@
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>592969</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>401</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>592940</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
-        <x:v>11050</x:v>
+        <x:v>24054</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>596026</x:v>
+        <x:v>592962</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>595476</x:v>
+        <x:v>595851</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
-        <x:v>24054</x:v>
+        <x:v>11050</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>592962</x:v>
+        <x:v>596026</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
-        <x:v>447</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>595851</x:v>
+        <x:v>595476</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
-        <x:v>402</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>594656</x:v>
+        <x:v>592940</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
@@ -22838,151 +22838,151 @@
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>590163</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
-        <x:v>38672</x:v>
+        <x:v>37929</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
-        <x:v>12008</x:v>
+        <x:v>11031</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>686</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>597540</x:v>
+        <x:v>597136</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
-        <x:v>37929</x:v>
+        <x:v>38672</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
-        <x:v>11031</x:v>
+        <x:v>12008</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>597136</x:v>
+        <x:v>597540</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>38</x:v>
@@ -23052,2036 +23052,2036 @@
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>591867</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>697</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
-        <x:v>40525</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="H388" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
-        <x:v>263</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
-        <x:v>32062</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>698</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>588082</x:v>
+        <x:v>591966</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>687</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>591966</x:v>
+        <x:v>591967</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>40525</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="H390" s="14" t="s"/>
+      <x:c r="H390" s="14" t="s">
+        <x:v>685</x:v>
+      </x:c>
       <x:c r="I390" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>32062</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>591967</x:v>
+        <x:v>588082</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>699</x:v>
-[...1 lines deleted...]
-      <x:c r="C391" s="3" t="s"/>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C391" s="3" t="n">
+        <x:v>39185</x:v>
+      </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
-        <x:v>12046</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="Q391" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="R391" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="Q391" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>595452</x:v>
+        <x:v>592067</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>703</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>595483</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>595484</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>705</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>595490</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>143</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>592067</x:v>
+        <x:v>595452</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>592071</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>592072</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>708</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
-        <x:v>38691</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
-        <x:v>11406</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>706</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>707</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>591862</x:v>
+        <x:v>592065</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
-        <x:v>39185</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>592065</x:v>
+        <x:v>591862</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
-        <x:v>38963</x:v>
+        <x:v>38965</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>706</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>707</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>595482</x:v>
+        <x:v>592001</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>709</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
-        <x:v>38965</x:v>
+        <x:v>39311</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>11001</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>592001</x:v>
+        <x:v>592092</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
-        <x:v>708</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
-        <x:v>38691</x:v>
+        <x:v>39185</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
-        <x:v>11406</x:v>
+        <x:v>12054</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>591859</x:v>
+        <x:v>592064</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
-        <x:v>38699</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="G403" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
-        <x:v>15454</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="Q403" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="R403" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="Q403" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>591871</x:v>
+        <x:v>591998</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
-        <x:v>710</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>39311</x:v>
+        <x:v>35973</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
-        <x:v>11001</x:v>
+        <x:v>15436</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>592092</x:v>
+        <x:v>595444</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>39185</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
-        <x:v>12054</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>706</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>707</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>592064</x:v>
+        <x:v>591962</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
-        <x:v>38972</x:v>
+        <x:v>38969</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>21543</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>703</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>591998</x:v>
+        <x:v>591997</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>35973</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
-        <x:v>15436</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>595444</x:v>
+        <x:v>592000</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
-        <x:v>38984</x:v>
+        <x:v>40617</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K408" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>22024</x:v>
+        <x:v>14229</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>591962</x:v>
+        <x:v>592571</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
-        <x:v>713</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>38969</x:v>
+        <x:v>38963</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
-        <x:v>21543</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>591997</x:v>
+        <x:v>595482</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>711</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
-        <x:v>38972</x:v>
+        <x:v>38691</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>12051</x:v>
+        <x:v>11406</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>592000</x:v>
+        <x:v>591859</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>714</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
-        <x:v>40617</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>14229</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>592571</x:v>
+        <x:v>591871</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>595485</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>595495</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>591961</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>711</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
-        <x:v>38972</x:v>
+        <x:v>38698</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>12051</x:v>
+        <x:v>12087</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>591999</x:v>
+        <x:v>591868</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>38698</x:v>
+        <x:v>38972</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
-        <x:v>12087</x:v>
+        <x:v>12051</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>704</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>591868</x:v>
+        <x:v>591999</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>716</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
-        <x:v>38970</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>12036</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
-        <x:v>485</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>591935</x:v>
+        <x:v>591969</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>38984</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>22024</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
-        <x:v>703</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>591964</x:v>
+        <x:v>591963</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="Q419" s="4" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="R419" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="Q419" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>591965</x:v>
+        <x:v>591964</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>717</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>40720</x:v>
+        <x:v>38994</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
-        <x:v>703</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>595491</x:v>
+        <x:v>591965</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>718</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
-        <x:v>39890</x:v>
+        <x:v>38970</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>14284</x:v>
+        <x:v>12036</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>592199</x:v>
+        <x:v>591935</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
-        <x:v>38994</x:v>
+        <x:v>40720</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="Q422" s="16" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="R422" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="Q422" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>591969</x:v>
+        <x:v>595491</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>712</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>38984</x:v>
+        <x:v>39890</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
-        <x:v>22024</x:v>
+        <x:v>14284</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>700</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>591963</x:v>
+        <x:v>592199</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
@@ -25326,148 +25326,149 @@
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>581622</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>733</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>725</x:v>
-[...1 lines deleted...]
-      <x:c r="C429" s="3" t="s"/>
+        <x:v>697</x:v>
+      </x:c>
+      <x:c r="C429" s="3" t="n">
+        <x:v>40525</x:v>
+      </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="G429" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
+      <x:c r="J429" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>11592</x:v>
+        <x:v>32062</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>728</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
-        <x:v>724</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>612320</x:v>
+        <x:v>610981</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>697</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="C430" s="15" t="s"/>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="I430" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
-      <x:c r="J430" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J430" s="14" t="s"/>
       <x:c r="K430" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>32062</x:v>
+        <x:v>11592</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>698</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>610981</x:v>
+        <x:v>612320</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
         <x:v>737</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 