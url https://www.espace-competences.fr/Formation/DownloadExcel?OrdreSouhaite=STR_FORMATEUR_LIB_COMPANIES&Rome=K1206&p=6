--- v0 (2026-03-20)
+++ v1 (2026-03-20)
@@ -308,59 +308,59 @@
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention études culturelles</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sociologie</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention sciences de l'homme, anthropologie, ethnologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>licence mention sciences de l'éducation et de la formation</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention sciences de l'homme, anthropologie, ethnologie</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Animateur esport (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Alternance Exxecc</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Éducation sportive</x:t>
@@ -476,113 +476,113 @@
   <x:si>
     <x:t>09/13/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DEJEPS spécialité animation socio-éducative ou culturelle mention développement de projets, territoires et réseaux (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale Formation Apprentis Métiers Sport, Animation, Tourisme - CFA Régional Métiers du Sport, de l'Animation et du Tourisme - Futurosud</x:t>
   </x:si>
   <x:si>
     <x:t>ARFAMSTA</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Découverte des métiers de l'animation, du sport et des loisirs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre de Formation et de Recherche en Education Permanente - Fédération des Amis de l'Instruction Laïque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFREP - FAIL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centre d'Entraînement aux Méthodes d'Education Active</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>DEJEPS spécialité animation socio-éducative ou culturelle mention coordination de projets (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Centre d'Entraînement aux Méthodes d'Education Active</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Découverte des métiers de l'animation, du sport et des loisirs</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>BTSA gestion et protection de la nature</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Diderot Education - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Diderot - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de diététique et nutrition humaine</x:t>
   </x:si>
   <x:si>
     <x:t>Formatic</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
@@ -722,62 +722,62 @@
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LA d'Aix-Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
   <x:si>
     <x:t>GARDANNE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Infrep Association - Cfa de l'Education Populaire</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Ligue de l'Enseignement - Fédération des Oeuvres Laïques du Var</x:t>
   </x:si>
   <x:si>
+    <x:t>11/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/24/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>FOL 83</x:t>
   </x:si>
   <x:si>
     <x:t>DEJEPS spécialité animation socio-éducative ou culturelle mention coordination de projets (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro animation - enfance et personnes âgées</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>84100</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>LP B Pascal</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
@@ -944,120 +944,120 @@
   <x:si>
     <x:t>ARLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent René Char</x:t>
   </x:si>
   <x:si>
     <x:t>84033</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>Union Française des Centres de Vacances et de Loisirs - Antenne Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>UFCV</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>BAPAG - Les bases de l'animation auprès des personnes âgées</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique hospitalière , Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Particulier, individuel , Public en emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Animation personne âgée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINT-RAPHAEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Découverte des métiers de la voile, de l'animation et du nautisme</x:t>
   </x:si>
   <x:si>
     <x:t>Voile</x:t>
   </x:si>
   <x:si>
-    <x:t>BAPAG - Les bases de l'animation auprès des personnes âgées</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention sciences sociales</x:t>
+  </x:si>
+  <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
+    <x:t>Politique sociale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master métiers de l'enseignement, de l'éducation et de la formation mention pratiques et ingénierie de la formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention sciences sociales</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>master mention civilisations, cultures et sociétés</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>13626</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Musicien intervenant (DUMI)</x:t>
   </x:si>
   <x:si>
     <x:t>Musique</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
@@ -2677,211 +2677,211 @@
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>592217</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>40987</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>32096</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>592801</x:v>
+        <x:v>592205</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>39698</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>14224</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592205</x:v>
+        <x:v>595450</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>38185</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>595450</x:v>
+        <x:v>592801</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37427</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -3500,159 +3500,159 @@
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>514724</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="C34" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
-        <x:v>84</x:v>
-[...1 lines deleted...]
-      <x:c r="F34" s="14" t="s"/>
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F34" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="G34" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
-        <x:v>132</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>32135</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>572734</x:v>
+        <x:v>583712</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>140</x:v>
-[...1 lines deleted...]
-      <x:c r="C35" s="3" t="s"/>
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C35" s="3" t="n">
+        <x:v>39930</x:v>
+      </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
-        <x:v>108</x:v>
-[...2 lines deleted...]
-        <x:v>109</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="J35" s="0" t="s">
+        <x:v>101</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>44067</x:v>
+        <x:v>32135</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>583712</x:v>
+        <x:v>572734</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
@@ -3665,168 +3665,168 @@
       <x:c r="K36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>614645</x:v>
+        <x:v>572355</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>572471</x:v>
+        <x:v>614645</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>572355</x:v>
+        <x:v>572471</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -3892,54 +3892,54 @@
       <x:c r="K40" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>497059</x:v>
+        <x:v>605567</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
@@ -3949,54 +3949,54 @@
       <x:c r="K41" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>605567</x:v>
+        <x:v>497059</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
@@ -4014,51 +4014,51 @@
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>497058</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -4071,51 +4071,51 @@
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>497057</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38351</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -4149,160 +4149,160 @@
       <x:c r="T44" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F45" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>583700</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G46" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>44067</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>583714</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F47" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
@@ -4424,51 +4424,51 @@
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>581990</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="G50" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
@@ -4538,51 +4538,51 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>557441</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
@@ -4881,153 +4881,153 @@
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>597132</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>603468</x:v>
+        <x:v>588380</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>588380</x:v>
+        <x:v>603468</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
@@ -5049,54 +5049,54 @@
       <x:c r="L60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>583593</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39930</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -5106,54 +5106,54 @@
       <x:c r="L61" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>584171</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>41187</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -6366,205 +6366,205 @@
       <x:c r="Q83" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>583571</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
+      <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>15493</x:v>
+        <x:v>44089</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>583583</x:v>
+        <x:v>616420</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>44089</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="S85" s="0" t="n">
+        <x:v>616421</x:v>
+      </x:c>
+      <x:c r="T85" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="S85" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
-      <x:c r="E86" s="14" t="s"/>
-      <x:c r="F86" s="14" t="s"/>
+      <x:c r="E86" s="14" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F86" s="14" t="s">
+        <x:v>109</x:v>
+      </x:c>
       <x:c r="G86" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>44089</x:v>
+        <x:v>15493</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>616421</x:v>
+        <x:v>583583</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
@@ -6588,619 +6588,615 @@
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>554849</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>39694</x:v>
+        <x:v>39059</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>11029</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>592216</x:v>
+        <x:v>592012</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
-      <x:c r="E89" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>554850</x:v>
+        <x:v>581578</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39059</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>592012</x:v>
+        <x:v>592011</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38152</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>581578</x:v>
+        <x:v>603392</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>39059</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s"/>
+      <x:c r="E92" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>302</x:v>
-[...1 lines deleted...]
-      <x:c r="H92" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H92" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="I92" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>592011</x:v>
+        <x:v>603393</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
-      <x:c r="E93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>603393</x:v>
+        <x:v>592216</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>67</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>39426</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>84</x:v>
+      </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>302</x:v>
-[...1 lines deleted...]
-      <x:c r="H94" s="14" t="s"/>
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s">
+        <x:v>99</x:v>
+      </x:c>
       <x:c r="I94" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>44035</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>592118</x:v>
+        <x:v>554850</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>39698</x:v>
+        <x:v>39426</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>14224</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>592204</x:v>
+        <x:v>592118</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>38185</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>44067</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>595449</x:v>
+        <x:v>592204</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>38185</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
-      <x:c r="E97" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>300</x:v>
-[...2 lines deleted...]
-        <x:v>99</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>301</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>44035</x:v>
+        <x:v>44067</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>453827</x:v>
+        <x:v>595449</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>301</x:v>
@@ -7211,230 +7207,230 @@
       <x:c r="K98" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>603392</x:v>
+        <x:v>453827</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>312</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>35512</x:v>
+        <x:v>38152</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>596689</x:v>
+        <x:v>597461</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>597461</x:v>
+        <x:v>597464</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>38152</x:v>
+        <x:v>35512</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>597464</x:v>
+        <x:v>596689</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>27</x:v>
@@ -7447,51 +7443,51 @@
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>597462</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35512</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44035</x:v>
@@ -7501,51 +7497,51 @@
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>620498</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38152</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>27</x:v>
@@ -7643,51 +7639,51 @@
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>13072</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>592119</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
@@ -7829,51 +7825,51 @@
       <x:c r="M109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>581386</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40294</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">