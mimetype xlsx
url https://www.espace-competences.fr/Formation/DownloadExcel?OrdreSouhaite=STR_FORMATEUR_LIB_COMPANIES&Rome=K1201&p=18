--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -803,332 +803,332 @@
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coordonnateur de parcours d'accompagnement et de soins option gestion des partenaires (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Crfp Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination travail</x:t>
   </x:si>
   <x:si>
+    <x:t>09/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coordonnateur de parcours d'accompagnement et de soins option gestion logistique et financière (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLIOULES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Coordonnateur de parcours d'accompagnement et de soins option gestion logistique et financière (préparation également possible par Bloc(s) de compétences)</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme d'Etat d'assistant de service social</x:t>
   </x:si>
   <x:si>
+    <x:t>09/05/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Programme Régional des formations sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'État d'assistant de service social (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation Toulon-Ollioules - Social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>diplôme d'État d'assistant de service social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix-Rouge Compétence PACA et Corse (IFTS) - site d'Ollioules</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Croix-Rouge Compétence Provence-Alpes-Côte d'Azur et Corse (IFTS) - Site d'Ollioules</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OLLIOULES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Evaluation PEP-3 pour enfants (à partir de 2 ans)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Edi Formation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALLAURIS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA sans TDI : Comprendre, repérer et accompagner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Repères spatio-temporels et prévisibilité</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : adapter l'accueil et la prise en charge en service d'accueil d'urgence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TND - Repérer les troubles neurodéveloppementaux chez les 0-3 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Utiliser des évaluations perceptives et sensorielles pour établir un Plan d’Action Sensoriel Individualisé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Intervenir auprès du très jeune enfant (moins de 48 mois)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Évaluation TTAP pour adolescents et adultes (à partir de 13 ans)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Accompagner avec bientraitance au quotidien</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Répondre aux enjeux du dispositif Serafin-PH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA avec TDI modéré à sévère : Enseigner des comportements sociaux adaptés</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA sans TDI : Accompagner des adultes vers l’emploi en milieu ordinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDAH Adulte : Démarche étape par étape pour l’évaluation psychologique/neuropsychologique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Comprendre et adapter l’environnement aux particularités sensorielles et perceptives</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autisme, TSA : Répondre aux besoins des personnes vieillissantes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mémoire intra utérine et périnatalité</x:t>
   </x:si>
   <x:si>
     <x:t>Eleva Formation</x:t>
   </x:si>
   <x:si>
     <x:t>84400</x:t>
   </x:si>
   <x:si>
     <x:t>Aide relation parent-enfant</x:t>
   </x:si>
   <x:si>
     <x:t>GOULT</x:t>
   </x:si>
   <x:si>
     <x:t>11/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/03/2026 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>BTS économie sociale et familiale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Epsa</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
-    <x:t>diplôme d'État d'assistant de service social</x:t>
-[...151 lines deleted...]
-  <x:si>
     <x:t>Epsa - Antenne Salon de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>Assistance aux familles</x:t>
   </x:si>
   <x:si>
     <x:t>Eureka</x:t>
   </x:si>
   <x:si>
     <x:t>Aide famille</x:t>
   </x:si>
   <x:si>
     <x:t>LA FARLEDE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Evolusio Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
@@ -1175,65 +1175,65 @@
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>ROQUEBRUNE-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>FORMAPLUS</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
+    <x:t>10/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/09/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>BTS SP3S - Services et Prestations des Secteurs Sanitaire et Social</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle Métiers de l'entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
@@ -1427,144 +1427,144 @@
   <x:si>
     <x:t>11/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médiateur ou négociateur en matière familiale</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Complément spécialisation médiation ou négociation familiale</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13376</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
+    <x:t>10/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>IMF RIS</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'État d'assistant de service social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'assistant de service social (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/05/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accueillant éducatif</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Assistance maternelle</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme d'État d'assistant de service social</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'ingénierie sociale (cursus partiel)</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
   </x:si>
   <x:si>
     <x:t>IRTS</x:t>
   </x:si>
   <x:si>
     <x:t>13267</x:t>
   </x:si>
   <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/23/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation à l'entrée en formation de : Assistant de service social/Educateur de jeunes enfants/Educateur spécialisé/Educateur technique spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>09/23/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Giapats - CFA Régional Métiers du Social</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Supérieur de Formation et de Préparation</x:t>
   </x:si>
   <x:si>
     <x:t>ISFP - HEM SANTE</x:t>
   </x:si>
   <x:si>
     <x:t>69008</x:t>
   </x:si>
@@ -6043,57 +6043,57 @@
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>501136</x:v>
+        <x:v>549585</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>197</x:v>
@@ -6104,57 +6104,57 @@
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>549585</x:v>
+        <x:v>501136</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37678</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
@@ -6337,171 +6337,171 @@
       <x:c r="J68" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="S68" s="14" t="n">
+        <x:v>623904</x:v>
+      </x:c>
+      <x:c r="T68" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="S68" s="14" t="n">
-[...2 lines deleted...]
-      <x:c r="T68" s="16" t="s">
+      <x:c r="U68" s="16" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>623907</x:v>
+        <x:v>623913</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>623911</x:v>
+        <x:v>623914</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
@@ -6559,336 +6559,336 @@
       <x:c r="J72" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>623904</x:v>
+        <x:v>623903</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>623913</x:v>
+        <x:v>623907</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>623914</x:v>
+        <x:v>623911</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>623903</x:v>
+        <x:v>623902</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>623909</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>623912</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
@@ -6911,51 +6911,51 @@
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>614450</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
@@ -6968,393 +6968,391 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>614453</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>614451</x:v>
+        <x:v>621502</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>621501</x:v>
+        <x:v>614457</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>621505</x:v>
+        <x:v>614455</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>37675</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
-      <x:c r="E83" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>44056</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>578494</x:v>
+        <x:v>614456</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
-      <x:c r="E84" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E84" s="14" t="s"/>
+      <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>477709</x:v>
+        <x:v>621499</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>268</x:v>
-[...1 lines deleted...]
-      <x:c r="C85" s="3" t="s"/>
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C85" s="3" t="n">
+        <x:v>41304</x:v>
+      </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="H85" s="0" t="s">
+        <x:v>257</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="J85" s="0" t="s">
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>44006</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>270</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>272</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>616649</x:v>
+        <x:v>621504</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
@@ -7363,2071 +7361,2074 @@
       <x:c r="K86" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>614449</x:v>
+        <x:v>614451</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>614447</x:v>
+        <x:v>621501</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>41304</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>32068</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>527410</x:v>
+        <x:v>621505</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>275</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>614455</x:v>
+        <x:v>614449</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>41304</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>32068</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>614456</x:v>
+        <x:v>614447</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>41304</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>32068</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>621499</x:v>
+        <x:v>527410</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>274</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>41304</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s"/>
-      <x:c r="F92" s="14" t="s"/>
+      <x:c r="E92" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F92" s="14" t="s">
+        <x:v>267</x:v>
+      </x:c>
       <x:c r="G92" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>32068</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>621504</x:v>
+        <x:v>578494</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>274</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>41304</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
+      <x:c r="E93" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F93" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>32068</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>621502</x:v>
+        <x:v>477709</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>41304</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s"/>
+      <x:c r="E94" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>256</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>32068</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>614457</x:v>
+        <x:v>505659</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>554064</x:v>
+        <x:v>607033</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>505659</x:v>
+        <x:v>491239</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>607033</x:v>
+        <x:v>554064</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>276</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>41748</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>277</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="Q98" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="Q98" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>491239</x:v>
+        <x:v>615922</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C99" s="3" t="s"/>
+      <x:c r="D99" s="3" t="s"/>
+      <x:c r="G99" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="C99" s="3" t="n">
-[...6 lines deleted...]
-      <x:c r="G99" s="0" t="s">
+      <x:c r="I99" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="I99" s="4" t="s">
+      <x:c r="K99" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="L99" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M99" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="N99" s="3" t="n">
+        <x:v>44054</x:v>
+      </x:c>
+      <x:c r="O99" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="P99" s="0" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="Q99" s="4" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="R99" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="J99" s="0" t="s">
-[...23 lines deleted...]
-      <x:c r="R99" s="0" t="s">
+      <x:c r="S99" s="0" t="n">
+        <x:v>585129</x:v>
+      </x:c>
+      <x:c r="T99" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="S99" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>287</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="J100" s="14" t="s"/>
+      <x:c r="K100" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="L100" s="14" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M100" s="14" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="N100" s="15" t="n">
+        <x:v>44054</x:v>
+      </x:c>
+      <x:c r="O100" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="P100" s="14" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="Q100" s="16" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="R100" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="S100" s="14" t="n">
+        <x:v>585137</x:v>
+      </x:c>
+      <x:c r="T100" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="J100" s="14" t="s">
-[...17 lines deleted...]
-      <x:c r="P100" s="14" t="s">
+      <x:c r="U100" s="16" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>585129</x:v>
+        <x:v>585173</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="R102" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="S102" s="14" t="n">
+        <x:v>616634</x:v>
+      </x:c>
+      <x:c r="T102" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="R102" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>585173</x:v>
+        <x:v>585183</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>616634</x:v>
+        <x:v>585132</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>585183</x:v>
+        <x:v>585133</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>585132</x:v>
+        <x:v>585138</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>585133</x:v>
+        <x:v>585139</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>585138</x:v>
+        <x:v>585157</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>585139</x:v>
+        <x:v>585154</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>316</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>585157</x:v>
+        <x:v>585160</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>318</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="R111" s="0" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="S111" s="0" t="n">
+        <x:v>585142</x:v>
+      </x:c>
+      <x:c r="T111" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="R111" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C112" s="15" t="s"/>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s"/>
       <x:c r="K112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="R112" s="14" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="S112" s="14" t="n">
+        <x:v>585145</x:v>
+      </x:c>
+      <x:c r="T112" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="R112" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>621270</x:v>
+        <x:v>585125</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s"/>
       <x:c r="K114" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>585142</x:v>
+        <x:v>585126</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>585145</x:v>
+        <x:v>585141</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s"/>
       <x:c r="K116" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>585125</x:v>
+        <x:v>621270</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C117" s="3" t="s"/>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>585126</x:v>
+        <x:v>585127</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>585141</x:v>
+        <x:v>585128</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>585127</x:v>
+        <x:v>585134</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>332</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s"/>
       <x:c r="K120" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>585128</x:v>
+        <x:v>585144</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>44006</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>585134</x:v>
+        <x:v>616649</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>326</x:v>
-[...1 lines deleted...]
-      <x:c r="C122" s="15" t="s"/>
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C122" s="15" t="n">
+        <x:v>36938</x:v>
+      </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s"/>
+      <x:c r="E122" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>294</x:v>
-[...1 lines deleted...]
-      <x:c r="J122" s="14" t="s"/>
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="J122" s="14" t="s">
+        <x:v>27</x:v>
+      </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>182</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>44054</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>585144</x:v>
+        <x:v>505428</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>505429</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -9437,54 +9438,54 @@
       <x:c r="S124" s="14" t="n">
         <x:v>505427</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>339</x:v>
       </x:c>
@@ -9864,57 +9865,57 @@
       <x:c r="K132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>548697</x:v>
+        <x:v>601561</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -9980,57 +9981,57 @@
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>601561</x:v>
+        <x:v>548697</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -10045,440 +10046,441 @@
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>620499</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>546763</x:v>
+        <x:v>599050</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
+      <x:c r="E137" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>599050</x:v>
+        <x:v>605101</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>605101</x:v>
+        <x:v>540593</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>540593</x:v>
+        <x:v>623990</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>371</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s"/>
+      <x:c r="E140" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>623990</x:v>
+        <x:v>509530</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>509530</x:v>
+        <x:v>546763</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="U141" s="4" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>603764</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -10723,51 +10725,51 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>492298</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -11071,61 +11073,61 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>564804</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G154" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
@@ -11134,51 +11136,51 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>490489</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>29</x:v>
@@ -11194,51 +11196,51 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>528939</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
@@ -11255,61 +11257,61 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>529627</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F157" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
@@ -11423,51 +11425,51 @@
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>599769</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>390</x:v>
@@ -11495,61 +11497,61 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>607633</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F161" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
@@ -11729,62 +11731,62 @@
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>452832</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>41748</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44056</x:v>
@@ -11794,51 +11796,51 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>615924</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>41748</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
@@ -12183,108 +12185,108 @@
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>578415</x:v>
+        <x:v>578416</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>578416</x:v>
+        <x:v>578415</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
@@ -12635,51 +12637,51 @@
       <x:c r="L180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>502698</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
@@ -12916,51 +12918,51 @@
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>592294</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>41748</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
@@ -13022,51 +13024,51 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>616014</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>287</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>41748</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
@@ -13122,57 +13124,57 @@
       <x:c r="K189" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>573357</x:v>
+        <x:v>573380</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>431</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
@@ -13181,57 +13183,57 @@
       <x:c r="K190" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>573380</x:v>
+        <x:v>573357</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -13542,164 +13544,165 @@
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>573767</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
+      <x:c r="E197" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>573378</x:v>
+        <x:v>573768</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>439</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
-      <x:c r="E198" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>573768</x:v>
+        <x:v>573378</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>437</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
@@ -13796,309 +13799,309 @@
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>44006</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>566363</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
-        <x:v>37678</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>607959</x:v>
+        <x:v>550560</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
-        <x:v>36938</x:v>
+        <x:v>37678</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>550560</x:v>
+        <x:v>550567</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
-        <x:v>37678</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>550567</x:v>
+        <x:v>501429</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
-        <x:v>36938</x:v>
+        <x:v>37678</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>501429</x:v>
+        <x:v>607959</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -14170,931 +14173,928 @@
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>599089</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B208" s="14" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>470853</x:v>
+        <x:v>528882</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>38468</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
+      <x:c r="E209" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
-        <x:v>44030</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>614635</x:v>
+        <x:v>452767</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>462</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I210" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>567002</x:v>
+        <x:v>578455</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
-      <x:c r="E211" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>576244</x:v>
+        <x:v>578457</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>578456</x:v>
+        <x:v>578458</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
-      <x:c r="E213" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>478060</x:v>
+        <x:v>529877</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
-        <x:v>39644</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I214" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>567005</x:v>
+        <x:v>529879</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>371</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>467</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H215" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>567161</x:v>
+        <x:v>470853</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>38468</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44030</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>529877</x:v>
+        <x:v>614635</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>37675</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>529879</x:v>
+        <x:v>567002</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F218" s="14" t="s"/>
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F218" s="14" t="s">
+        <x:v>267</x:v>
+      </x:c>
       <x:c r="G218" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>452767</x:v>
+        <x:v>576244</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="B219" s="0" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>457</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>578455</x:v>
+        <x:v>578456</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>465</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>456</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s"/>
-      <x:c r="F220" s="14" t="s"/>
+      <x:c r="E220" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="F220" s="14" t="s">
+        <x:v>267</x:v>
+      </x:c>
       <x:c r="G220" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>424</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>578457</x:v>
+        <x:v>478060</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>37675</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>578458</x:v>
+        <x:v>567005</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>466</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>528882</x:v>
+        <x:v>567161</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="U222" s="16" t="s">
         <x:v>469</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -15177,51 +15177,51 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>580210</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
@@ -15234,219 +15234,219 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>470858</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>470851</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>528881</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G228" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>478061</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
@@ -15473,235 +15473,235 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>496201</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G230" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>576243</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>465</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>525308</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>469</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>525309</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>469</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
@@ -15711,54 +15711,54 @@
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>580212</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -15819,57 +15819,57 @@
       <x:c r="K235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>496200</x:v>
+        <x:v>557555</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I236" s="16" t="s">
         <x:v>113</x:v>
@@ -15880,57 +15880,57 @@
       <x:c r="K236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>557555</x:v>
+        <x:v>496200</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
@@ -16062,581 +16062,582 @@
       <x:c r="M239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>567007</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>39644</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>567008</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>468</x:v>
+        <x:v>469</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
-        <x:v>39644</x:v>
+        <x:v>37675</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
+      <x:c r="E241" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>616995</x:v>
+        <x:v>452763</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>473</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
-        <x:v>37675</x:v>
+        <x:v>39644</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
-      <x:c r="E242" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I242" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>452763</x:v>
+        <x:v>616995</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="F243" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>477552</x:v>
+        <x:v>531530</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
-        <x:v>479</x:v>
-[...1 lines deleted...]
-      <x:c r="C244" s="15" t="s"/>
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C244" s="15" t="n">
+        <x:v>37675</x:v>
+      </x:c>
       <x:c r="D244" s="15" t="s"/>
-      <x:c r="E244" s="14" t="s"/>
+      <x:c r="E244" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I244" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="J244" s="14" t="s"/>
+      <x:c r="J244" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
-        <x:v>44072</x:v>
+        <x:v>44056</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>427</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>617898</x:v>
+        <x:v>531519</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
+      <x:c r="F245" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
       <x:c r="G245" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>531530</x:v>
+        <x:v>477552</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>483</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
-        <x:v>264</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
-      <x:c r="E246" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
-      <x:c r="J246" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J246" s="14" t="s"/>
       <x:c r="K246" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
-        <x:v>44056</x:v>
+        <x:v>44072</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>531519</x:v>
+        <x:v>617898</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
+        <x:v>482</x:v>
+      </x:c>
+      <x:c r="U246" s="16" t="s">
         <x:v>483</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>479297</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>37675</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="G248" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>44056</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>575897</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>36360</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
@@ -16649,51 +16650,51 @@
       <x:c r="J249" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>477</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>570849</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16716,51 +16717,51 @@
       <x:c r="L250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>492468</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H251" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
@@ -16848,51 +16849,51 @@
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>553106</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>41748</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>44056</x:v>
@@ -17388,57 +17389,57 @@
       <x:c r="K262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>511099</x:v>
+        <x:v>607804</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
@@ -17448,57 +17449,57 @@
       <x:c r="K263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>607804</x:v>
+        <x:v>511099</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -18324,186 +18325,186 @@
       <x:c r="S278" s="14" t="n">
         <x:v>596558</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>596553</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>596708</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>41744</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>615926</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>40134</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
@@ -18638,51 +18639,51 @@
       <x:c r="L284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>494781</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
@@ -19069,51 +19070,51 @@
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>599629</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -19128,51 +19129,51 @@
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>603917</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>30</x:v>
@@ -19350,51 +19351,51 @@
       <x:c r="M296" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>555053</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>182</x:v>
@@ -19704,253 +19705,253 @@
       <x:c r="I303" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>609495</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>36939</x:v>
+        <x:v>37678</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>507294</x:v>
+        <x:v>556797</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>580</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>37678</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>44084</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>556797</x:v>
+        <x:v>556792</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>556792</x:v>
+        <x:v>507294</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="E307" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G307" s="0" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>30</x:v>
@@ -19963,51 +19964,51 @@
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>546678</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -20022,51 +20023,51 @@
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>512018</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>30</x:v>
@@ -20079,275 +20080,275 @@
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>553791</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>36938</x:v>
+        <x:v>36939</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>44084</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>553790</x:v>
+        <x:v>504054</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>607427</x:v>
+        <x:v>553823</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>36939</x:v>
+        <x:v>36938</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
-        <x:v>43454</x:v>
+        <x:v>44084</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>553824</x:v>
+        <x:v>553790</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>607426</x:v>
+        <x:v>553824</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
@@ -20356,230 +20357,230 @@
       <x:c r="K314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>553823</x:v>
+        <x:v>607426</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="E315" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G315" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>504019</x:v>
+        <x:v>607409</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>607409</x:v>
+        <x:v>607410</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>36938</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>44084</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>607410</x:v>
+        <x:v>504019</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>36939</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
@@ -20588,57 +20589,57 @@
       <x:c r="K318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>43454</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>504054</x:v>
+        <x:v>607427</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>39539</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -20713,209 +20714,208 @@
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>592014</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>600</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>39023</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="H321" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>14454</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>602</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>590159</x:v>
+        <x:v>592216</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>603</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
-        <x:v>95</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
-        <x:v>39694</x:v>
+        <x:v>39023</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="H322" s="14" t="s"/>
+      <x:c r="H322" s="14" t="s">
+        <x:v>601</x:v>
+      </x:c>
       <x:c r="I322" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
-        <x:v>11029</x:v>
+        <x:v>14454</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>599</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>592216</x:v>
+        <x:v>590159</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>603</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>44032</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>583213</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>39696</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -21050,154 +21050,154 @@
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>591996</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>606</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
-        <x:v>39696</x:v>
+        <x:v>38699</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
-        <x:v>14256</x:v>
+        <x:v>15454</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>592214</x:v>
+        <x:v>591871</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
-        <x:v>38699</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="K328" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
-        <x:v>15454</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>615</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>591871</x:v>
+        <x:v>592214</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C329" s="3" t="n">
         <x:v>39040</x:v>
       </x:c>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="J329" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>99</x:v>
       </x:c>