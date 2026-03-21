--- v0 (2026-03-20)
+++ v1 (2026-03-21)
@@ -434,104 +434,104 @@
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/11/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>03/27/2026 00:00:00</x:t>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/18/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/29/2026 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel technicien d'après-vente en électroménager et audiovisuel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'après-vente en électroménager et audiovisuel</x:t>
@@ -563,110 +563,122 @@
   <x:si>
     <x:t>Niveau CAP, BEP</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien services de l'électroménager connecté (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Saint Henri</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Formation scolaire, universitaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro cybersécurité, informatique et réseaux, électronique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Saint-Éloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO St-Eloi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Technicien Services de l'Electroménager connecté</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réparateur de produits nomades (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gsm Master</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Composant électronique</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Formation scolaire, universitaire</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>LP A Hutinel</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>LP Ampère</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>LP Argensol</x:t>
   </x:si>
   <x:si>
     <x:t>84106</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE Cedex</x:t>
   </x:si>
   <x:si>
     <x:t>LP de Sorgues</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
@@ -756,62 +768,50 @@
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>LPO modèle électronique</x:t>
   </x:si>
   <x:si>
     <x:t>13396</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 11</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Cisson</x:t>
   </x:si>
@@ -1463,51 +1463,51 @@
     <x:sheetView tabSelected="1" defaultGridColor="true" colorId="64" workbookViewId="0">
       <x:pane xSplit="0" ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozenSplit"/>
       <x:selection activeCell="A1" sqref="A1"/>
       <x:selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </x:sheetView>
   </x:sheetViews>
   <x:sheetFormatPr defaultColWidth="13.515312" defaultRowHeight="15.8" zeroHeight="false"/>
   <x:cols>
     <x:col min="1" max="1" width="47.025425" style="1" customWidth="1"/>
     <x:col min="2" max="2" width="121.870625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="16.055425" style="3" customWidth="1"/>
     <x:col min="4" max="4" width="35.145425" style="3" customWidth="1"/>
     <x:col min="5" max="5" width="13.885425" style="0" customWidth="1"/>
     <x:col min="6" max="6" width="15.495425" style="0" customWidth="1"/>
     <x:col min="7" max="7" width="130.120625" style="0" customWidth="1"/>
     <x:col min="8" max="8" width="31.575425" style="0" customWidth="1"/>
     <x:col min="9" max="9" width="26.795425" style="4" customWidth="1"/>
     <x:col min="10" max="10" width="19.665425" style="0" customWidth="1"/>
     <x:col min="11" max="11" width="70.080625" style="0" customWidth="1"/>
     <x:col min="12" max="12" width="28.185425" style="0" customWidth="1"/>
     <x:col min="13" max="13" width="33.530625" style="0" customWidth="1"/>
     <x:col min="14" max="14" width="29.615425" style="3" customWidth="1"/>
     <x:col min="15" max="15" width="30.475425" style="0" customWidth="1"/>
     <x:col min="16" max="16" width="130.120625" style="0" customWidth="1"/>
     <x:col min="17" max="17" width="24.335425" style="4" customWidth="1"/>
-    <x:col min="18" max="18" width="32.500625" style="0" customWidth="1"/>
+    <x:col min="18" max="18" width="31.660625" style="0" customWidth="1"/>
     <x:col min="19" max="19" width="26.265425" style="0" customWidth="1"/>
     <x:col min="20" max="20" width="22.455425" style="4" customWidth="1"/>
     <x:col min="21" max="21" width="21.040625" style="4" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:21" ht="68.65" customHeight="1" outlineLevel="0">
       <x:c r="A1" s="10" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="10" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="11" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="11" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="11" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="F1" s="11" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="G1" s="11" t="s">
@@ -4841,2389 +4841,2389 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>610391</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>610375</x:v>
+        <x:v>591475</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>610382</x:v>
+        <x:v>610375</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>619238</x:v>
+        <x:v>610382</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>619256</x:v>
+        <x:v>610364</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>619261</x:v>
+        <x:v>610365</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>619269</x:v>
+        <x:v>610389</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>619270</x:v>
+        <x:v>610390</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>591475</x:v>
+        <x:v>619238</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>623646</x:v>
+        <x:v>619256</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>619220</x:v>
+        <x:v>619261</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>619222</x:v>
+        <x:v>619269</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>619223</x:v>
+        <x:v>619270</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>619226</x:v>
+        <x:v>619227</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C79" s="3" t="s"/>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>619229</x:v>
+        <x:v>619233</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C80" s="15" t="s"/>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s"/>
       <x:c r="K80" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>619241</x:v>
+        <x:v>619235</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C81" s="3" t="s"/>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>619246</x:v>
+        <x:v>619252</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C82" s="15" t="s"/>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s"/>
       <x:c r="K82" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>619250</x:v>
+        <x:v>619263</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>619262</x:v>
+        <x:v>619264</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>591488</x:v>
+        <x:v>619271</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>591491</x:v>
+        <x:v>619272</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>610355</x:v>
+        <x:v>619276</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>610360</x:v>
+        <x:v>591488</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>610363</x:v>
+        <x:v>610370</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>610379</x:v>
+        <x:v>610372</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>610380</x:v>
+        <x:v>610373</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C91" s="3" t="s"/>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>610385</x:v>
+        <x:v>610387</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>610364</x:v>
+        <x:v>619221</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>610365</x:v>
+        <x:v>619237</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s"/>
       <x:c r="K94" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>610389</x:v>
+        <x:v>619255</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C95" s="3" t="s"/>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>610390</x:v>
+        <x:v>591491</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C96" s="15" t="s"/>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s"/>
       <x:c r="K96" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>619227</x:v>
+        <x:v>610355</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C97" s="3" t="s"/>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>619233</x:v>
+        <x:v>610360</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C98" s="15" t="s"/>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s"/>
       <x:c r="K98" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>619235</x:v>
+        <x:v>610363</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>619252</x:v>
+        <x:v>610379</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>619263</x:v>
+        <x:v>610380</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C101" s="3" t="s"/>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>619264</x:v>
+        <x:v>610385</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C102" s="15" t="s"/>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s"/>
       <x:c r="K102" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>619271</x:v>
+        <x:v>623646</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C103" s="3" t="s"/>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>619272</x:v>
+        <x:v>619220</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>619276</x:v>
+        <x:v>619222</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C105" s="3" t="s"/>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>610370</x:v>
+        <x:v>619223</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>610372</x:v>
+        <x:v>619226</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>610373</x:v>
+        <x:v>619229</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>610387</x:v>
+        <x:v>619241</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>619221</x:v>
+        <x:v>619246</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>619237</x:v>
+        <x:v>619250</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>619255</x:v>
+        <x:v>619262</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39177</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>142</x:v>
@@ -7531,2063 +7531,2064 @@
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>556907</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
-        <x:v>53</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>35124</x:v>
+        <x:v>37489</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>165</x:v>
-[...1 lines deleted...]
-      <x:c r="H118" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
+      <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>24021</x:v>
+        <x:v>24252</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>606250</x:v>
+        <x:v>597044</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>35124</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>24021</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>554014</x:v>
+        <x:v>606250</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>37416</x:v>
+        <x:v>35124</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>172</x:v>
-[...1 lines deleted...]
-      <x:c r="H120" s="14" t="s"/>
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H120" s="14" t="s">
+        <x:v>174</x:v>
+      </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>24336</x:v>
+        <x:v>24021</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="P120" s="14" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="Q120" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="P120" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>546100</x:v>
+        <x:v>554014</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
-        <x:v>37489</x:v>
+        <x:v>37416</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
+      <x:c r="E121" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="L121" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="M121" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="N121" s="3" t="n">
+        <x:v>24336</x:v>
+      </x:c>
+      <x:c r="O121" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="P121" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="Q121" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="L121" s="0" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>597064</x:v>
+        <x:v>546100</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>597049</x:v>
+        <x:v>597064</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>597053</x:v>
+        <x:v>597049</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>597054</x:v>
+        <x:v>597053</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="Q125" s="4" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>597041</x:v>
+        <x:v>597054</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>597067</x:v>
+        <x:v>597041</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>597050</x:v>
+        <x:v>597067</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>597068</x:v>
+        <x:v>597050</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>597060</x:v>
+        <x:v>597068</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>597055</x:v>
+        <x:v>597060</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>597069</x:v>
+        <x:v>597055</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>597058</x:v>
+        <x:v>597069</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>597046</x:v>
+        <x:v>597058</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>597047</x:v>
+        <x:v>597046</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>597070</x:v>
+        <x:v>597047</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>597059</x:v>
+        <x:v>597070</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>597062</x:v>
+        <x:v>597059</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="Q138" s="16" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>230</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>597044</x:v>
+        <x:v>597062</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>597051</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37263</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24021</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>608205</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37263</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>24021</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>559046</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>597052</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>597043</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>597057</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>597065</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>597056</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>597063</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>597042</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>597066</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>597045</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>597048</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>494778</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>597061</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>38718</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -9759,54 +9760,54 @@
       <x:c r="I157" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>609476</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9820,231 +9821,231 @@
       <x:c r="I158" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>556782</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>509396</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
-        <x:v>177</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>178</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24252</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>616040</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>41310</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>12582</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>607378</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>41310</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>294</x:v>
       </x:c>