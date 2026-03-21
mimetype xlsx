--- v1 (2026-02-03)
+++ v2 (2026-03-21)
@@ -194,60 +194,60 @@
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CAP composites, plastiques chaudronnés (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Composites et plastiques chaudronnés</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
@@ -927,51 +927,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>604169</x:v>
+        <x:v>502162</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
@@ -988,51 +988,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>502162</x:v>
+        <x:v>604169</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -1107,51 +1107,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>588551</x:v>
+        <x:v>541902</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -1164,57 +1164,57 @@
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>541902</x:v>
+        <x:v>588552</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
@@ -1223,114 +1223,114 @@
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>509240</x:v>
+        <x:v>588551</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>588552</x:v>
+        <x:v>509240</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -1340,54 +1340,54 @@
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>593087</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -1403,51 +1403,51 @@
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>22871</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>515650</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38432</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>50</x:v>