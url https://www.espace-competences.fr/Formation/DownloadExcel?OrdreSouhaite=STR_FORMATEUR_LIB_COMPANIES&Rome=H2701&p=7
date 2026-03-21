--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -212,126 +212,126 @@
   <x:si>
     <x:t>Expert en sûreté nucléaire (MS) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Amtalents</x:t>
   </x:si>
   <x:si>
     <x:t>75013</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Radioactivité</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Habilitation mécanique M0, M1 et ME (Manœuvre, Vérification et/ou Mesurage) : Opération d'ordre mécanique sur site EDF (RPP) - NUS080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apave Exploitation France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Habilitation nucléaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-16e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Habilitation mécanique M2, M2 essai, MR, MC : opérations d'ordre mécanique sur site EDF (RPP) - NUS781</x:t>
   </x:si>
   <x:si>
-    <x:t>Apave Exploitation France</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>SAINTE-TULLE</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Habilitation mécanique M0, M1 et ME (Manœuvre, Vérification et/ou Mesurage) : Opération d'ordre mécanique sur site EDF (RPP) - NUS080</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Certification Nucléaire PR1-CR Recyclage - Option Centre de Recherche (CR) - Prévention des Risques - Niveau 1 - NUR023</x:t>
   </x:si>
   <x:si>
     <x:t>11/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certification Nucléaire PR1-RNE Recyclage - Option Réacteur Nucléaire Embarqué (RNE) - Prévention des risques - Niveau 1 - NUR043</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>11/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certification Nucléaire PR1-RNE Initial - Option Réacteur Nucléaire Embarqué (RNE) - Prévention des risques - Niveau 1 - NUR041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Certification Nucléaire PR1-RNE Initial - Option Réacteur Nucléaire Embarqué (RNE) - Prévention des risques - Niveau 1 - NUR041</x:t>
-[...5 lines deleted...]
-    <x:t>12/04/2026 00:00:00</x:t>
+    <x:t>05/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certification Nucléaire PR1-CR Initial - Option Centre de Recherche (CR) - Prévention des Risques - Niveau 1 - NUR021</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>mastère spé. expert en projets et production d'énergies renouvelables</x:t>
   </x:si>
   <x:si>
     <x:t>Arts et Métiers - Sciences et Technologies - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
@@ -1564,51 +1564,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>619852</x:v>
+        <x:v>610689</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>49</x:v>
@@ -1617,97 +1617,97 @@
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>610689</x:v>
+        <x:v>619852</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>619846</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -1716,357 +1716,357 @@
         <x:v>49</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
         <x:v>619848</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>619851</x:v>
+        <x:v>619849</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>619847</x:v>
+        <x:v>610686</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>610692</x:v>
+        <x:v>619847</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>610686</x:v>
+        <x:v>619851</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>619849</x:v>
+        <x:v>610687</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>610690</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>49</x:v>
@@ -2074,150 +2074,150 @@
       <x:c r="K15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>610687</x:v>
+        <x:v>610692</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>619850</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C17" s="3" t="s"/>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24130</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>619845</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>