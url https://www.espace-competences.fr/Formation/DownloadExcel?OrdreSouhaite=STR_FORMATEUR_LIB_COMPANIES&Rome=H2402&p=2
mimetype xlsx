--- v0 (2025-12-13)
+++ v1 (2025-12-14)
@@ -1078,57 +1078,57 @@
       <x:c r="K4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>552429</x:v>
+        <x:v>607757</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -1194,114 +1194,114 @@
       <x:c r="K6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>607757</x:v>
+        <x:v>552429</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>547059</x:v>
+        <x:v>554041</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
@@ -1310,57 +1310,57 @@
       <x:c r="K8" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>554041</x:v>
+        <x:v>547059</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -1929,57 +1929,57 @@
       <x:c r="K19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>516372</x:v>
+        <x:v>608246</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>49</x:v>
@@ -1990,57 +1990,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>608246</x:v>
+        <x:v>516372</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39006</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>