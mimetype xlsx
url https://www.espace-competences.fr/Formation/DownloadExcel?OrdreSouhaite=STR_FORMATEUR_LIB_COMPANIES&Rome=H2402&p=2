--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -1019,51 +1019,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>552430</x:v>
+        <x:v>552429</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C4" s="15" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>36</x:v>
@@ -1078,51 +1078,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>607757</x:v>
+        <x:v>607758</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
@@ -1135,57 +1135,57 @@
       <x:c r="K5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>607758</x:v>
+        <x:v>552430</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
@@ -1194,57 +1194,57 @@
       <x:c r="K6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>552429</x:v>
+        <x:v>607757</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -1869,57 +1869,57 @@
       <x:c r="K18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>559038</x:v>
+        <x:v>516372</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -1929,57 +1929,57 @@
       <x:c r="K19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>608246</x:v>
+        <x:v>559038</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38729</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>49</x:v>
@@ -1990,57 +1990,57 @@
       <x:c r="K20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>21742</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>516372</x:v>
+        <x:v>608246</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39006</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>