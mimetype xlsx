--- v0 (2026-02-03)
+++ v1 (2026-02-03)
@@ -332,68 +332,68 @@
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Les finitions des menuiseries intérieures et extérieures, polychromie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole d'Avignon - Centre de Formation à la Réhabilitation du Patrimoine Architectural</x:t>
   </x:si>
   <x:si>
     <x:t>CFRPA</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réhabilitation de portes et fenêtres anciennes</x:t>
   </x:si>
   <x:si>
+    <x:t>03/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/02/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>CAP arts du bois option tourneur</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Tournage sur Bois Jean-François Escoulen</x:t>
   </x:si>
   <x:si>
     <x:t>83630</x:t>
   </x:si>
   <x:si>
     <x:t>Tournage bois</x:t>
   </x:si>
   <x:si>
     <x:t>AIGUINES</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Menuisier</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure d'Ebénisterie de Haute Provence</x:t>
@@ -479,125 +479,137 @@
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>Fondation Don Bosco Marseille - Lycée Professionnel Privé et Lycée Technologique Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP arts du bois option marqueteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Pasteur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marqueterie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac pro technicien menuisier agenceur (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA La Cabucelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Constructeur bois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charpente bois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMBRUN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Menuisier fabricant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC PRO Technicien menuisier agenceur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAC PRO Technicien Constructeur Bois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP Arts du bois - Option C Marqueteur</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
-    <x:t>Marqueterie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac pro technicien menuisier agenceur (Apprentissage)</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>CAP Arts du bois - Option C marqueteur</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Arts du bois - Option A sculpteur ornémaniste</x:t>
   </x:si>
   <x:si>
     <x:t>Sculpture bois</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Arts du bois - Option A Sculpteur ornémaniste</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro interventions sur le patrimoine bâti option A maçonnerie</x:t>
   </x:si>
   <x:si>
     <x:t>Maçonnerie</x:t>
@@ -645,62 +657,50 @@
     <x:t>MARSEILLE CEDEX 08</x:t>
   </x:si>
   <x:si>
     <x:t>LP Léon Chiris</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>LP P et L Poutrain</x:t>
   </x:si>
   <x:si>
     <x:t>05260</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-JEAN-SAINT-NICOLAS</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>CAP arts du bois option sculpteur ornemaniste</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro technicien de fabrication bois et matériaux associés</x:t>
   </x:si>
@@ -3398,173 +3398,173 @@
       <x:c r="K37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>503617</x:v>
+        <x:v>548368</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>548368</x:v>
+        <x:v>548374</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>548374</x:v>
+        <x:v>604052</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
@@ -3573,57 +3573,57 @@
       <x:c r="K40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>604052</x:v>
+        <x:v>503617</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4051,100 +4051,100 @@
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>548328</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>35974</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>603984</x:v>
+        <x:v>603990</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -4210,173 +4210,173 @@
       <x:c r="K51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>603990</x:v>
+        <x:v>503549</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>35974</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>503549</x:v>
+        <x:v>603984</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>548330</x:v>
+        <x:v>603996</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>35974</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -4385,57 +4385,57 @@
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>603996</x:v>
+        <x:v>548330</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37238</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -4915,158 +4915,158 @@
       <x:c r="K63" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22435</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>614896</x:v>
+        <x:v>614895</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22435</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>614868</x:v>
+        <x:v>614896</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>22435</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>614895</x:v>
+        <x:v>614868</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
@@ -5605,153 +5605,153 @@
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>499412</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>37238</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22435</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>548885</x:v>
+        <x:v>548869</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
-        <x:v>37238</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
-        <x:v>22435</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>548869</x:v>
+        <x:v>548885</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>130</x:v>
@@ -5779,103 +5779,100 @@
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>556831</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="H79" s="0" t="s">
+      <x:c r="I79" s="4" t="s">
         <x:v>138</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>139</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>572149</x:v>
+        <x:v>595567</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>132</x:v>
@@ -5960,2285 +5957,2288 @@
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>509385</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>557235</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>609701</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="Q84" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="Q84" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>509353</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="Q85" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="Q85" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>455423</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>543644</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>543663</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>543657</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37916</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>493589</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>547605</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>493627</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37916</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>543670</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>471</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>493600</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>519386</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>460657</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>547606</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="I97" s="4" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="Q97" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="Q97" s="4" t="s">
+      <x:c r="R97" s="0" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>582027</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="U97" s="4" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>552664</x:v>
+        <x:v>572149</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
-        <x:v>45096</x:v>
+        <x:v>45591</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="P99" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q99" s="4" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="P99" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>552666</x:v>
+        <x:v>552664</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="P100" s="14" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="Q100" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="P100" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>572148</x:v>
+        <x:v>552666</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37301</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="H101" s="0" t="s">
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>22404</x:v>
+        <x:v>45096</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>596263</x:v>
+        <x:v>572148</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>165</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>22334</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="P102" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="P102" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>595921</x:v>
+        <x:v>596263</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>37916</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="Q103" s="4" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="R103" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="Q103" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>594253</x:v>
+        <x:v>595921</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>594277</x:v>
+        <x:v>594253</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>37916</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="P105" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="Q105" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="R105" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="P105" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>594252</x:v>
+        <x:v>594277</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>594275</x:v>
+        <x:v>594252</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>594272</x:v>
+        <x:v>594275</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>596260</x:v>
+        <x:v>594272</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>37911</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>594215</x:v>
+        <x:v>596260</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>37911</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>594270</x:v>
+        <x:v>594215</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>37916</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>22313</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>594251</x:v>
+        <x:v>594270</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>37911</x:v>
+        <x:v>37916</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22313</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>594217</x:v>
+        <x:v>594251</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>37917</x:v>
+        <x:v>37911</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>594271</x:v>
+        <x:v>594217</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>36112</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>596255</x:v>
+        <x:v>594271</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>37911</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>594218</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>41014</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>22334</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>595923</x:v>
+        <x:v>596255</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>596264</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>41014</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
-        <x:v>22404</x:v>
+        <x:v>22334</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>594274</x:v>
+        <x:v>595923</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
-        <x:v>37301</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
-        <x:v>45591</x:v>
+        <x:v>22404</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>595567</x:v>
+        <x:v>594274</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>195</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>595565</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>195</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>595922</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>36112</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
@@ -8268,51 +8268,51 @@
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>596262</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37911</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>22404</x:v>
@@ -8353,51 +8353,51 @@
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>592100</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
@@ -8444,272 +8444,272 @@
         <x:v>596261</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37916</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>547548</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>547549</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>494758</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37916</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>22313</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>494769</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>30</x:v>
@@ -8722,79 +8722,79 @@
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>594276</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>595566</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
@@ -8861,500 +8861,500 @@
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>595564</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
-        <x:v>138</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>45591</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>556721</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37301</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>45096</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>556747</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
-        <x:v>37917</x:v>
+        <x:v>36112</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>594273</x:v>
+        <x:v>596256</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>36112</x:v>
+        <x:v>37917</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>596256</x:v>
+        <x:v>594273</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>494759</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>605510</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>37917</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>22404</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>605511</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38410</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>22881</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>73</x:v>
       </x:c>