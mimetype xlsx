--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -266,74 +266,74 @@
   <x:si>
     <x:t>DESU Qualiticien en Biologie Médicale</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours produits de santé et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>Formulation mélange</x:t>
   </x:si>
   <x:si>
     <x:t>Licence sciences et technologies mention mathématiques - physique - chimie - informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Mathématiques</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique, chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention chimie parcours génie chimique, génie des procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 9e</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence mention sciences de la vie parcours biologie cellulaire</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention bio-industries et biotechnologies parcours sécurité, qualité et microbiologie en industries agroalimentaires</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention bio-industries et biotechnologies parcours biotechnologie, immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention chimie parcours chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et technologies parcours sciences, arts et techniques de l'image et du son</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et transition énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours physique et modélisation</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité parcours bureau d’étude et maintenance en instrumentation et automatismes</x:t>
   </x:si>
   <x:si>
     <x:t>Capteur</x:t>
@@ -344,56 +344,56 @@
   <x:si>
     <x:t>Licence mention chimie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention physique parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours métiers de la biologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours physiologie et génomique fonctionnelle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de l'instrumentation, de la mesure et du contrôle qualité parcours métrologie industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours plurisciences</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours biochimie, biologie cellulaire et physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie parcours neurosciences</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention sciences de la vie parcours biologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention physique parcours physique et ses interactions</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention sciences de la vie parcours biologie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité chimie parcours analyse, contrôle-qualité, environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse chimique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
@@ -932,57 +932,57 @@
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro laboratoire contrôle qualité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Denoves</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/07/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>HACCP | restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
@@ -2191,323 +2191,323 @@
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
         <x:v>581550</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>38701</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>11554</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>574907</x:v>
+        <x:v>576109</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>574928</x:v>
+        <x:v>574907</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>574930</x:v>
+        <x:v>574928</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>38979</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>575005</x:v>
+        <x:v>574930</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>40411</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>11502</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>576109</x:v>
+        <x:v>575005</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>40411</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
@@ -2519,99 +2519,99 @@
       <x:c r="J16" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>576106</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>574906</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
@@ -2915,51 +2915,51 @@
       <x:c r="G23" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>581547</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
@@ -3031,51 +3031,51 @@
       <x:c r="G25" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>574931</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
@@ -3090,51 +3090,51 @@
       <x:c r="G26" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>574933</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
@@ -3206,51 +3206,51 @@
       <x:c r="G28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>581546</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
@@ -3263,51 +3263,51 @@
       <x:c r="G29" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>574929</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
@@ -3322,179 +3322,179 @@
       <x:c r="G30" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>574932</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38978</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>575001</x:v>
+        <x:v>581345</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>581345</x:v>
+        <x:v>575001</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35494</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
@@ -4026,51 +4026,51 @@
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>591904</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
@@ -4080,51 +4080,51 @@
         <x:v>35368</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>596697</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
@@ -4191,51 +4191,51 @@
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>598013</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
@@ -5777,199 +5777,199 @@
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>595684</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>196</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="J74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>597560</x:v>
+        <x:v>591956</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>188</x:v>
-[...1 lines deleted...]
-      <x:c r="C75" s="3" t="s"/>
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C75" s="3" t="n">
+        <x:v>38883</x:v>
+      </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>36</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>594709</x:v>
+        <x:v>597560</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="J76" s="14" t="s"/>
+      <x:c r="J76" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>591956</x:v>
+        <x:v>594709</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>37</x:v>
@@ -6745,278 +6745,278 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>501478</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>36772</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>12003</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>550309</x:v>
+        <x:v>604287</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>36937</x:v>
+        <x:v>36772</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>21570</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>550310</x:v>
+        <x:v>605835</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>36937</x:v>
+        <x:v>36772</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>21570</x:v>
+        <x:v>12003</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>604287</x:v>
+        <x:v>550309</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>36772</x:v>
+        <x:v>36937</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
-        <x:v>223</x:v>
-[...2 lines deleted...]
-        <x:v>97</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>12003</x:v>
+        <x:v>21570</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>605835</x:v>
+        <x:v>550310</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36772</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>224</x:v>
@@ -9186,117 +9186,117 @@
       <x:c r="K136" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>599713</x:v>
+        <x:v>551905</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
-        <x:v>38318</x:v>
+        <x:v>13874</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>551909</x:v>
+        <x:v>497198</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>283</x:v>
@@ -9307,57 +9307,57 @@
       <x:c r="K138" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>551907</x:v>
+        <x:v>599713</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -9367,118 +9367,118 @@
       <x:c r="K139" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>551905</x:v>
+        <x:v>551909</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
-        <x:v>13874</x:v>
+        <x:v>38318</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>12065</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>497198</x:v>
+        <x:v>551907</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38318</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -9937,51 +9937,51 @@
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>591908</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
@@ -10105,51 +10105,51 @@
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>592168</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
@@ -10216,51 +10216,51 @@
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>591907</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
@@ -10270,51 +10270,51 @@
         <x:v>38701</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>591909</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
@@ -10327,51 +10327,51 @@
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>592170</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
@@ -10464,814 +10464,814 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>596775</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>38974</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>592043</x:v>
+        <x:v>592167</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>40489</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>24469</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>592167</x:v>
+        <x:v>592539</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>40489</x:v>
+        <x:v>38978</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>24469</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>592539</x:v>
+        <x:v>592017</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>317</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>592017</x:v>
+        <x:v>592020</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38978</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>592020</x:v>
+        <x:v>592018</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>38978</x:v>
+        <x:v>38979</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>592018</x:v>
+        <x:v>592021</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>38979</x:v>
+        <x:v>39517</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>11454</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>592021</x:v>
+        <x:v>592169</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>39517</x:v>
+        <x:v>35494</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>11523</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>592169</x:v>
+        <x:v>596690</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>35494</x:v>
+        <x:v>38701</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>11523</x:v>
+        <x:v>11554</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>321</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>596690</x:v>
+        <x:v>591906</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>38701</x:v>
+        <x:v>39690</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>11554</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>591906</x:v>
+        <x:v>592213</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>39690</x:v>
+        <x:v>35480</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>11054</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>592213</x:v>
+        <x:v>596774</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>35480</x:v>
+        <x:v>41277</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>43454</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>321</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>596774</x:v>
+        <x:v>606181</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>41277</x:v>
+        <x:v>40411</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>43454</x:v>
+        <x:v>11502</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>327</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>606181</x:v>
+        <x:v>592531</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>40411</x:v>
+        <x:v>38974</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>11502</x:v>
+        <x:v>11054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>592531</x:v>
+        <x:v>592043</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38979</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -11437,51 +11437,51 @@
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>591905</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
@@ -11491,51 +11491,51 @@
         <x:v>39517</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>592171</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
@@ -11548,51 +11548,51 @@
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>592166</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
@@ -11602,51 +11602,51 @@
         <x:v>35366</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>596696</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
@@ -11827,51 +11827,51 @@
       <x:c r="G183" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>587481</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">