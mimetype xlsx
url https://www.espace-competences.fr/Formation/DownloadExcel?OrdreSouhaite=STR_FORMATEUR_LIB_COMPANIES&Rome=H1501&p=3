--- v0 (2026-02-03)
+++ v1 (2026-03-22)
@@ -137,137 +137,137 @@
     </x:r>
   </x:si>
   <x:si>
     <x:t>Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>CP 
 Organisme formateur</x:t>
   </x:si>
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention ingénierie de la santé parcours prévention des risques et nuisances technologiques</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualité hygiène sécurité environnement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 5e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention ingénierie de la santé parcours médicaments et produits de santé</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...32 lines deleted...]
-    <x:t>Master mention ingénierie de la santé parcours prévention des risques et nuisances technologiques</x:t>
+    <x:t>Master mention humanités médicales parcours approches éthiques, déontologiques et déontologiques en santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Biologie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté de Médecine - Unité de Formation Continue en Santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention humanités médicales parcours Homme et vieillissement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention humanités médicales parcours addictologie de la cellule au comportement humain</x:t>
   </x:si>
   <x:si>
-    <x:t>Biologie</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours ingénierie en instrumentation industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>Mesure optique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention instrumentation, mesure, métrologie parcours instrumentation des moyens d'essai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention instrumentation, mesure, métrologie parcours microcapteurs et microélectronique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours commercialisation en instrumentation scientifique</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention instrumentation, mesure, métrologie parcours instrumentation des moyens d'essai</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention instrumentation, mesure, métrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>ST PAUL LES DURANCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention chimie physique et analytique</x:t>
@@ -521,102 +521,102 @@
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention ingénierie de la santé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention ingénierie de la santé</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention ingénierie de la santé</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>13385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention humanités médicales</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1194,51 +1194,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>575042</x:v>
+        <x:v>575043</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1251,51 +1251,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>575043</x:v>
+        <x:v>575042</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1308,51 +1308,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>576204</x:v>
+        <x:v>576215</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>25</x:v>
@@ -1363,51 +1363,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>576215</x:v>
+        <x:v>576218</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1420,51 +1420,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>576218</x:v>
+        <x:v>576204</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1533,170 +1533,170 @@
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>581563</x:v>
+        <x:v>574963</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>577647</x:v>
+        <x:v>574964</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>574963</x:v>
+        <x:v>581563</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1709,51 +1709,51 @@
       <x:c r="K11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>574964</x:v>
+        <x:v>577647</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
@@ -3161,369 +3161,370 @@
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>591950</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="H40" s="14" t="s">
+      <x:c r="H40" s="14" t="s"/>
+      <x:c r="I40" s="16" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>591171</x:v>
+        <x:v>592094</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>156</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>592094</x:v>
+        <x:v>591171</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>540578</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
-        <x:v>38684</x:v>
+        <x:v>39433</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
-        <x:v>11414</x:v>
+        <x:v>31407</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>591880</x:v>
+        <x:v>592093</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>39433</x:v>
+        <x:v>38684</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
-        <x:v>31407</x:v>
+        <x:v>11414</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="R44" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="R44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>592093</x:v>
+        <x:v>591878</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>595452</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38684</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
@@ -3542,51 +3543,51 @@
       <x:c r="K46" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11414</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591878</x:v>
+        <x:v>591880</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 