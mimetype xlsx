--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -317,107 +317,107 @@
   <x:si>
     <x:t>13540</x:t>
   </x:si>
   <x:si>
     <x:t>PUYRICARD</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et administration des entreprises parcours management général</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention management et administration des entreprises parcours recherche, études et conseil en sciences de gestion</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit rural des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit chinois des affaires</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention droit des affaires parcours droit des affaires internationales</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention droit des affaires parcours distribution concurrence</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours numérique des affaires et propriété intellectuelle</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention droit des affaires parcours droit des affaires internationales</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention droit des affaires parcours droit des affaires approfondi</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix-Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13284</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>master mention management et commerce international</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention droit des affaires</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix-Marseille Université</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>master mention management stratégique</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>master mention langues étrangères appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management et administration des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion de projet</x:t>
   </x:si>
   <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Définir le cadre et les enjeux d'un projet EAC</x:t>
@@ -599,57 +599,57 @@
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Commercialisation vin spiritueux</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets de construction (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association</x:t>
   </x:si>
   <x:si>
     <x:t>92800</x:t>
   </x:si>
   <x:si>
     <x:t>BTP conception organisation</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>10/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>10/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de portefeuille de projets (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de projets de construction (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires</x:t>
   </x:si>
@@ -3342,51 +3342,51 @@
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>576305</x:v>
+        <x:v>576309</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
@@ -3401,51 +3401,51 @@
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>576311</x:v>
+        <x:v>576305</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -3458,51 +3458,51 @@
       <x:c r="K29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>576309</x:v>
+        <x:v>576311</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
@@ -3534,418 +3534,418 @@
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>576308</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
-        <x:v>38159</x:v>
+        <x:v>37580</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
-        <x:v>13253</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>597435</x:v>
+        <x:v>595664</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>35909</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>32025</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>595496</x:v>
+        <x:v>595422</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>39263</x:v>
+        <x:v>38159</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>13154</x:v>
+        <x:v>13253</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>592070</x:v>
+        <x:v>597435</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>37580</x:v>
+        <x:v>35909</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>595664</x:v>
+        <x:v>595496</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>35915</x:v>
+        <x:v>39263</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>13154</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>595422</x:v>
+        <x:v>592070</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>595423</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>595461</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -4055,51 +4055,51 @@
       <x:c r="G40" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>608922</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
@@ -4236,51 +4236,51 @@
       <x:c r="G43" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>608924</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
@@ -4636,196 +4636,196 @@
         <x:v>556550</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>556551</x:v>
+        <x:v>498939</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>498939</x:v>
+        <x:v>556551</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>609174</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
@@ -4962,51 +4962,51 @@
       <x:c r="G55" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>607705</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
@@ -5039,93 +5039,93 @@
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>603676</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>607703</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -5214,51 +5214,51 @@
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>593739</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37907</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5271,51 +5271,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>593740</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39884</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -5331,51 +5331,51 @@
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21540</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>608408</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39884</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>168</x:v>
@@ -5443,51 +5443,51 @@
       <x:c r="K63" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>600216</x:v>
+        <x:v>549324</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38930</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>172</x:v>
@@ -5502,57 +5502,57 @@
       <x:c r="K64" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>549324</x:v>
+        <x:v>600216</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="U64" s="16" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37629</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5562,54 +5562,54 @@
       <x:c r="L65" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>549321</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38930</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -6022,51 +6022,51 @@
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>550283</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>196</x:v>
@@ -6083,51 +6083,51 @@
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>605716</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
@@ -6382,51 +6382,51 @@
       <x:c r="M79" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>599056</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
@@ -6718,51 +6718,51 @@
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>605714</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>196</x:v>
@@ -6900,51 +6900,51 @@
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>550302</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7228,69 +7228,69 @@
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>592534</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40363</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -7300,51 +7300,51 @@
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>592546</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>257</x:v>
@@ -7397,110 +7397,110 @@
         <x:v>40362</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>592533</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40362</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>601432</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
@@ -7513,51 +7513,51 @@
       <x:c r="E99" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>573868</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
@@ -7572,51 +7572,51 @@
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>502748</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
@@ -7629,110 +7629,110 @@
       <x:c r="E101" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>600166</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>36148</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>502788</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
@@ -7745,51 +7745,51 @@
       <x:c r="E103" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>573871</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
@@ -7877,51 +7877,51 @@
       <x:c r="M105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>607293</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -7934,51 +7934,51 @@
       <x:c r="M106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>592492</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39965</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -7988,51 +7988,51 @@
       <x:c r="M107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>592593</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
@@ -8733,51 +8733,51 @@
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>592568</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40591</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -8787,51 +8787,51 @@
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>592567</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -9202,156 +9202,156 @@
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>535018</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>535021</x:v>
+        <x:v>550947</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>550947</x:v>
+        <x:v>535021</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>39884</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -9364,51 +9364,51 @@
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>21540</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>615887</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40591</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>320</x:v>
@@ -9595,51 +9595,51 @@
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>596635</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -10144,126 +10144,126 @@
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>606194</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>606193</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38602</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
@@ -10676,97 +10676,97 @@
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>571016</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35915</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>595424</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
@@ -10835,219 +10835,219 @@
       <x:c r="M157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>597135</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>597434</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>597437</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>592069</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -11114,105 +11114,105 @@
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>616043</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>597436</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -11287,100 +11287,100 @@
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>595460</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>597438</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -11570,51 +11570,51 @@
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>555743</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -11691,51 +11691,51 @@
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>605717</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>