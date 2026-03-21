--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -344,65 +344,65 @@
   <x:si>
     <x:t>Master mention droit des affaires parcours distribution concurrence</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit des affaires internationales</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit des affaires parcours droit rural des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management et commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université d'Aix-Marseille spécialité mécanique et énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 01</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>master mention droit des affaires</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management et administration des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management stratégique</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>master mention langues étrangères appliquées</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion de projet</x:t>
@@ -500,95 +500,95 @@
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>Formaposte Sud Est - CFA Régional Métiers de la Poste</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13453</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager d'affaires (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupe Belmont</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stratégie commerciale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MONTFAVET</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Manager d'affaires (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école centrale de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement commercial (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Etudes Européen Méditérranée</x:t>
@@ -638,62 +638,62 @@
   <x:si>
     <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur d'affaires</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Ingénieur d'affaires (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Ingénieur d'affaires (Apprentissage)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé de l'école nationale supérieure d'arts et métiers spécialité mécanique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique théorique</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie d'affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
@@ -1001,59 +1001,59 @@
   <x:si>
     <x:t>06310</x:t>
   </x:si>
   <x:si>
     <x:t>BEAULIEU-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement commercial à l'international spécialisation PPA sport (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie internationale</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager du développement commercial à l'international spécialisation marketing et communication dans le sport (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager du développement commercial à l'international spécialisation business development des organisations sportives (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2027 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager du développement commercial à l'international spécialisation business development (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">manager du développement commercial </x:t>
   </x:si>
   <x:si>
     <x:t>INSEEC</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie commerciale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel</x:t>
   </x:si>
   <x:si>
     <x:t>INHNI</x:t>
   </x:si>
   <x:si>
     <x:t>94800</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Hygiène et du Nettoyage Industriel - CFA Régional Propreté Environnement Hygiène - Antenne Marseille</x:t>
@@ -1073,62 +1073,62 @@
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>Programme ingénieur d'affaires</x:t>
   </x:si>
   <x:si>
     <x:t>KEDGE BS</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/18/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/09/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Programme ingénieur d'affaires (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>33400</x:t>
   </x:si>
   <x:si>
     <x:t>Kedge Business School - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
@@ -1199,69 +1199,69 @@
   <x:si>
     <x:t>Performance énergétique bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/28/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor digital - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en digitalisation et exploitation des bâtiments spécialisation manager de projet BIM et Smart Building (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 4</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention management et administration des entreprises</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de l'université Côte d'Azur spécialité électronique et systèmes embarqués</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
@@ -3568,171 +3568,171 @@
       <x:c r="J31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>595422</x:v>
+        <x:v>595423</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>37580</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>11454</x:v>
+        <x:v>32154</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>595664</x:v>
+        <x:v>595422</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>35915</x:v>
+        <x:v>37580</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>32154</x:v>
+        <x:v>11454</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="S33" s="0" t="n">
+        <x:v>595664</x:v>
+      </x:c>
+      <x:c r="T33" s="4" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="U33" s="4" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -3742,105 +3742,105 @@
       <x:c r="L34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>597435</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>595461</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35909</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -3853,108 +3853,108 @@
       <x:c r="L36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>595496</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>592070</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
@@ -4369,57 +4369,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>556638</x:v>
+        <x:v>556637</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>134</x:v>
@@ -4430,57 +4430,57 @@
       <x:c r="K46" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>556637</x:v>
+        <x:v>556638</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -4568,158 +4568,158 @@
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>556551</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>609174</x:v>
+        <x:v>498939</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>498939</x:v>
+        <x:v>609174</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36914</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -4974,291 +4974,291 @@
       <x:c r="K55" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>32016</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>556601</x:v>
+        <x:v>504116</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="P56" s="14" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="Q56" s="16" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="R56" s="14" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>603676</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>41354</x:v>
+        <x:v>36914</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>32016</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>607703</x:v>
+        <x:v>556601</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>36914</x:v>
+        <x:v>41354</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>32016</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>504116</x:v>
+        <x:v>607703</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37907</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>593740</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37907</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5268,54 +5268,54 @@
       <x:c r="L60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>593739</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>39884</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -5328,54 +5328,54 @@
       <x:c r="L61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21540</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>608408</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>39884</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>168</x:v>
@@ -5389,51 +5389,51 @@
       <x:c r="L62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>21540</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>608406</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38930</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -5619,51 +5619,51 @@
       <x:c r="L66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>22254</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>592227</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>35760</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5673,54 +5673,54 @@
       <x:c r="L67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>487526</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="U67" s="4" t="s">
         <x:v>144</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -5792,160 +5792,159 @@
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>558102</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
-      <x:c r="E70" s="14" t="s"/>
+      <x:c r="E70" s="14" t="s">
+        <x:v>118</x:v>
+      </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>558103</x:v>
+        <x:v>545654</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38466</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
-      <x:c r="E71" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34590</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>545654</x:v>
+        <x:v>558103</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>196</x:v>
@@ -5959,54 +5958,54 @@
       <x:c r="L72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>605716</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -6022,51 +6021,51 @@
       <x:c r="M73" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>550283</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>196</x:v>
@@ -6080,157 +6079,157 @@
       <x:c r="L74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>501081</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>510523</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>35164</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>547217</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
@@ -6246,51 +6245,51 @@
       <x:c r="G77" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>551894</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
@@ -6307,167 +6306,167 @@
       <x:c r="G78" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>551893</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>599056</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>599055</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
@@ -6477,51 +6476,51 @@
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>578168</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
@@ -6605,86 +6604,86 @@
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>516260</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>623615</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
@@ -6715,54 +6714,54 @@
       <x:c r="L85" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>605714</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37939</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>196</x:v>
@@ -6836,51 +6835,51 @@
       <x:c r="L87" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>543539</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>195</x:v>
@@ -6900,51 +6899,51 @@
       <x:c r="M88" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>550302</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39725</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7243,108 +7242,108 @@
       <x:c r="L94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>592534</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40363</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>31054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>592546</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>257</x:v>
@@ -7358,51 +7357,51 @@
       <x:c r="L96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>542134</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40362</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7412,54 +7411,54 @@
       <x:c r="L97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>592533</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40362</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -7471,51 +7470,51 @@
       <x:c r="L98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>601432</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>36148</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
@@ -7647,51 +7646,51 @@
       <x:c r="M101" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>502788</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>40362</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
@@ -7703,54 +7702,54 @@
       <x:c r="L102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>600166</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>40362</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -7817,335 +7816,335 @@
       <x:c r="L104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>513365</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>607293</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>592492</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>39965</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>592593</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>497345</x:v>
+        <x:v>603063</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>603063</x:v>
+        <x:v>497345</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
@@ -8160,51 +8159,51 @@
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>549064</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
@@ -8217,51 +8216,51 @@
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>549066</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
@@ -8276,51 +8275,51 @@
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>497346</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
@@ -8410,81 +8409,81 @@
       <x:c r="R114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>549067</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35760</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="I115" s="4" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="Q115" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="Q115" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>510801</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
@@ -8697,141 +8696,141 @@
       <x:c r="T119" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40591</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
-        <x:v>259</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>592568</x:v>
+        <x:v>592567</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40591</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>592567</x:v>
+        <x:v>592568</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
@@ -8897,170 +8896,170 @@
       <x:c r="K123" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>550951</x:v>
+        <x:v>535017</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>535017</x:v>
+        <x:v>535021</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>32005</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>535021</x:v>
+        <x:v>550951</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
@@ -9086,51 +9085,51 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>551053</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>112</x:v>
@@ -9259,51 +9258,51 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>535018</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37738</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -9361,213 +9360,213 @@
       <x:c r="L131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>21540</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>615887</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40591</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>581594</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>608659</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>608660</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
@@ -9577,219 +9576,219 @@
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>596635</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>479278</x:v>
+        <x:v>598308</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>598308</x:v>
+        <x:v>479278</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>598309</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
@@ -9799,51 +9798,51 @@
         <x:v>36320</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>529238</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
@@ -9858,51 +9857,51 @@
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>506027</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
@@ -9915,51 +9914,51 @@
       <x:c r="E141" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>553088</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
@@ -9974,51 +9973,51 @@
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>553087</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
@@ -10159,54 +10158,54 @@
       <x:c r="L145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>606194</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>41354</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -10216,157 +10215,157 @@
       <x:c r="L146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>32025</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>606193</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38602</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>607795</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38602</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>607794</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
@@ -10673,547 +10672,546 @@
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>549718</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
-        <x:v>35916</x:v>
+        <x:v>35915</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="I155" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="H155" s="0" t="s">
+      <x:c r="J155" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="K155" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="L155" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="M155" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="N155" s="3" t="n">
+        <x:v>32154</x:v>
+      </x:c>
+      <x:c r="O155" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="P155" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="Q155" s="4" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="R155" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="I155" s="4" t="s">
-[...28 lines deleted...]
-      </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>583215</x:v>
+        <x:v>595424</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>86</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>35915</x:v>
+        <x:v>35916</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>377</x:v>
-[...1 lines deleted...]
-      <x:c r="H156" s="14" t="s"/>
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
+        <x:v>380</x:v>
+      </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>32154</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="S156" s="14" t="n">
+        <x:v>583215</x:v>
+      </x:c>
+      <x:c r="T156" s="16" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="U156" s="16" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>39263</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="I157" s="4" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>13154</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="Q157" s="4" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>592069</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="Q158" s="16" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>597437</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="I159" s="4" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="Q159" s="4" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>597135</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="Q160" s="16" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>597434</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="I161" s="4" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="Q161" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="Q161" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>595462</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>381</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="Q162" s="16" t="s">
         <x:v>377</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>381</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>616043</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>597436</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -11223,51 +11221,51 @@
       <x:c r="L164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>595460</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -11277,54 +11275,54 @@
       <x:c r="L165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>597438</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -11334,51 +11332,51 @@
       <x:c r="L166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>595459</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -11394,110 +11392,110 @@
       <x:c r="M167" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>13253</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>580564</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>35916</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>581078</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38159</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -11568,51 +11566,51 @@
       <x:c r="L170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>501077</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
@@ -11628,54 +11626,54 @@
       <x:c r="L171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>605717</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>38211</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>196</x:v>
@@ -11692,87 +11690,87 @@
       <x:c r="M172" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>555743</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40257</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>613755</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
@@ -11785,51 +11783,51 @@
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>586726</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">