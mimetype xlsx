--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -299,60 +299,60 @@
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>BP Arts du Service et Commercialisation en Restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2028 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>manager d'équipes en hôtellerie et restauration de grand hôtel international</x:t>
   </x:si>
   <x:si>
     <x:t>ICARE Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion hôtel restaurant bar</x:t>
   </x:si>
@@ -2106,51 +2106,51 @@
       <x:c r="K19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>587948</x:v>
+        <x:v>518770</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
@@ -2163,51 +2163,51 @@
       <x:c r="K20" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>518770</x:v>
+        <x:v>587948</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -2659,54 +2659,54 @@
       <x:c r="L29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>547762</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37558</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -2718,54 +2718,54 @@
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>604376</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>38429</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -3265,51 +3265,51 @@
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>42746</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>609754</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>86</x:v>