--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -374,485 +374,485 @@
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>Perspectivia</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS management en hôtellerie - restauration option B : management d'unité de production culinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa des Chefs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 8e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cfa Perspective - Isim</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS management en hôtellerie - restauration option A : Management d'unité de restauration (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS management en hôtellerie - restauration option C : Management d'unité d'hébergement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/27/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation accueil-réception (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCI 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence - Antenne Manosque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Assistant manager loisirs hébergement restauration (préparation également possible par Bloc(s) de compétences) (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique territoriale , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/08/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Jean Giono</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CQP réceptionniste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Formation Ingéniérie Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CFI MEDITERRANEE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Service réception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS management en hôtellerie - restauration option C : management d'unité d'hébergement (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS management en hôtellerie - restauration option A : management d'unité de restauration (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diderot Education - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ESCCOM </x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fondation Edith Seltzer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Handicapé</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/17/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>France Langues Communication - CFA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FLC FORMATION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VILLENEUVE-LOUBET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS Management en hôtellerie restauration - Option B Management des unités de production culinaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS Management en hôtellerie restauration - Option A Management d'unité de restauration</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BTS Management en hôtellerie restauration - Option C Management des unités d'hébergement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre Professionnel Réceptionniste hôtellerie et hôtellerie de plein air</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06203</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/12/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Certificat de spécialisation accueil-réception module relations usagers clients séniors</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CS Certificat de Spécialisation Accueil Réception (Ex Mention Complémentaire)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réceptionniste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Vaucluse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sans niveau spécifique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAVAILLON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIGNOLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel réceptionniste hôtellerie et hôtellerie de plein air - Anglais professionnel, maîtrise énergie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS management en hôtellerie - restauration option B : management d'unité de production culinaire</x:t>
-[...394 lines deleted...]
-  <x:si>
     <x:t>Icademie Editions</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>Icademie Editions - Académie du Tourisme Neo Sphere</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>02/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/01/2025 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut La Cadenelle</x:t>
   </x:si>
   <x:si>
     <x:t>13376</x:t>
@@ -1097,93 +1097,93 @@
   <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/05/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>08/04/2027 00:00:00</x:t>
+    <x:t>11/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/06/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2025 00:00:00</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>10/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Brise-Lames</x:t>
   </x:si>
   <x:si>
     <x:t>Stelo Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Stelo Formation - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>CQP réceptionniste (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
@@ -2666,51 +2666,51 @@
       <x:c r="K16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>572985</x:v>
+        <x:v>598826</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
@@ -3391,218 +3391,218 @@
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>546723</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>37921</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>602756</x:v>
+        <x:v>602765</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>496815</x:v>
+        <x:v>546711</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="E31" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>496816</x:v>
+        <x:v>496815</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>115</x:v>
@@ -3619,117 +3619,117 @@
       <x:c r="K32" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>546711</x:v>
+        <x:v>496816</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>37921</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>602765</x:v>
+        <x:v>602756</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>127</x:v>
@@ -3861,175 +3861,176 @@
       <x:c r="K36" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>580201</x:v>
+        <x:v>600859</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
+      <x:c r="E37" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>610930</x:v>
+        <x:v>580201</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38039</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
-      <x:c r="E38" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>42627</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>600859</x:v>
+        <x:v>610930</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -4325,173 +4326,173 @@
       <x:c r="K44" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>509976</x:v>
+        <x:v>605556</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>605556</x:v>
+        <x:v>553014</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>553014</x:v>
+        <x:v>509976</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -4504,51 +4505,51 @@
       <x:c r="M47" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>605555</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -4628,110 +4629,110 @@
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>553015</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>605554</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>31</x:v>
@@ -4744,51 +4745,51 @@
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>553016</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -4860,51 +4861,51 @@
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>509978</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -4919,51 +4920,51 @@
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>509975</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>31</x:v>
@@ -5035,51 +5036,51 @@
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>509977</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>31</x:v>
@@ -5092,51 +5093,51 @@
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>509974</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -5272,51 +5273,51 @@
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>608442</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>30</x:v>
@@ -5393,51 +5394,51 @@
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>502435</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>30</x:v>
@@ -5453,51 +5454,51 @@
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>555787</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
@@ -7127,216 +7128,216 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>493042</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>585578</x:v>
+        <x:v>585586</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>493043</x:v>
+        <x:v>585578</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>585586</x:v>
+        <x:v>493043</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="G96" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7649,159 +7650,159 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>553993</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>37889</x:v>
+        <x:v>31401</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42788</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>507659</x:v>
+        <x:v>564387</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>31401</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>42788</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>564387</x:v>
+        <x:v>507659</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
@@ -7929,102 +7930,102 @@
       <x:c r="L106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>507660</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>31401</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>42788</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>614261</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
@@ -8404,574 +8405,572 @@
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>504164</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>606265</x:v>
+        <x:v>581759</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G116" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>583825</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>581759</x:v>
+        <x:v>606265</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>606264</x:v>
+        <x:v>507598</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>504169</x:v>
+        <x:v>507645</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
-      <x:c r="E120" s="14" t="s"/>
-      <x:c r="F120" s="14" t="s"/>
+      <x:c r="E120" s="14" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="F120" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="G120" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>504174</x:v>
+        <x:v>583826</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>189</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>507598</x:v>
+        <x:v>606264</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>507645</x:v>
+        <x:v>504169</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
-      <x:c r="E123" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>583826</x:v>
+        <x:v>504174</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
@@ -8983,51 +8982,51 @@
       <x:c r="L124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>507597</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
@@ -9094,51 +9093,51 @@
       <x:c r="K126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>598826</x:v>
+        <x:v>572985</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
@@ -9270,51 +9269,51 @@
       <x:c r="L129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>507646</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
@@ -9394,97 +9393,99 @@
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>609157</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
-      <x:c r="E132" s="14" t="s"/>
+      <x:c r="E132" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
-        <x:v>97</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>590142</x:v>
+        <x:v>553413</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
@@ -9497,173 +9498,170 @@
       <x:c r="K133" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>553413</x:v>
+        <x:v>553466</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="U133" s="4" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>553466</x:v>
+        <x:v>609158</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
-      <x:c r="E135" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>609158</x:v>
+        <x:v>590142</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -9918,51 +9916,51 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>553465</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>31</x:v>
@@ -9975,51 +9973,51 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>550561</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -10147,51 +10145,51 @@
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>607943</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>31</x:v>
@@ -10204,51 +10202,51 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>550563</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -10320,51 +10318,51 @@
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>550562</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -10436,51 +10434,51 @@
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>501431</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -10616,51 +10614,51 @@
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>512881</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>30</x:v>
@@ -10673,234 +10671,234 @@
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>512883</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
-      <x:c r="E154" s="14" t="s"/>
+      <x:c r="E154" s="14" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
-        <x:v>261</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>513488</x:v>
+        <x:v>512878</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>512878</x:v>
+        <x:v>512882</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>512882</x:v>
+        <x:v>513488</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>30</x:v>
@@ -11142,336 +11140,336 @@
       <x:c r="M161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>572989</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>560722</x:v>
+        <x:v>603525</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>603525</x:v>
+        <x:v>560747</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>560747</x:v>
+        <x:v>603534</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>603534</x:v>
+        <x:v>560734</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>560734</x:v>
+        <x:v>560722</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -11484,226 +11482,226 @@
       <x:c r="K167" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>560721</x:v>
+        <x:v>603532</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>603526</x:v>
+        <x:v>560721</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>603529</x:v>
+        <x:v>603526</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>603532</x:v>
+        <x:v>603529</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -11730,51 +11728,51 @@
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>560733</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -11949,51 +11947,51 @@
       <x:c r="L175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>511055</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>198</x:v>
@@ -12021,51 +12019,51 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>607807</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>100</x:v>
@@ -12081,51 +12079,51 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>607802</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
@@ -12194,51 +12192,51 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>595457</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
@@ -12255,218 +12253,224 @@
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>556261</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>511050</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>511059</x:v>
+        <x:v>607798</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
+      <x:c r="E183" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
       <x:c r="G183" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="H183" s="0" t="s">
+        <x:v>198</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>283</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>595585</x:v>
+        <x:v>556348</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
@@ -12487,353 +12491,349 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>595504</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>556348</x:v>
+        <x:v>511059</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
-        <x:v>69</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
-      <x:c r="E186" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>197</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>172</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>607798</x:v>
+        <x:v>595585</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>608156</x:v>
+        <x:v>511054</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>608176</x:v>
+        <x:v>608156</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>511054</x:v>
+        <x:v>608176</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
@@ -12850,111 +12850,111 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>556272</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>511058</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
@@ -13092,100 +13092,100 @@
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>608186</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>511049</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
@@ -13431,51 +13431,51 @@
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>616803</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>31</x:v>
@@ -13547,51 +13547,51 @@
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>494804</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>31</x:v>
@@ -13604,51 +13604,51 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>494805</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -13720,51 +13720,51 @@
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>547570</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
@@ -13779,51 +13779,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>494803</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>31</x:v>
@@ -13836,159 +13836,159 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>547569</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>602203</x:v>
+        <x:v>547571</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>547571</x:v>
+        <x:v>602203</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>187</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>278</x:v>
@@ -14007,51 +14007,51 @@
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>595454</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>30</x:v>
@@ -14067,112 +14067,112 @@
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>494860</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>547715</x:v>
+        <x:v>547713</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>30</x:v>
@@ -14235,51 +14235,51 @@
       <x:c r="K214" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>547713</x:v>
+        <x:v>547715</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -14309,51 +14309,51 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>547714</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
@@ -14430,51 +14430,51 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>602219</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
@@ -14711,172 +14711,172 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>595505</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>608187</x:v>
+        <x:v>511060</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>511060</x:v>
+        <x:v>608187</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>100</x:v>
@@ -14951,100 +14951,100 @@
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>616804</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>511051</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>198</x:v>
@@ -15061,62 +15061,62 @@
       <x:c r="L228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>511056</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>100</x:v>
@@ -15132,51 +15132,51 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>608177</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
@@ -15253,51 +15253,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>556346</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
@@ -15366,51 +15366,51 @@
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>595458</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I234" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
@@ -15548,51 +15548,51 @@
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>507304</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H237" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>30</x:v>
@@ -15667,51 +15667,51 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>606977</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>30</x:v>
@@ -15945,54 +15945,54 @@
       <x:c r="L243" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>552972</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
@@ -16393,51 +16393,51 @@
       <x:c r="K251" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>572984</x:v>
+        <x:v>598824</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
@@ -16450,51 +16450,51 @@
       <x:c r="K252" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>572988</x:v>
+        <x:v>572984</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -16504,165 +16504,165 @@
       <x:c r="K253" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>598824</x:v>
+        <x:v>572988</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>572987</x:v>
+        <x:v>572992</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="U254" s="16" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>572993</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
@@ -16675,51 +16675,51 @@
       <x:c r="L256" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>598821</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -16786,108 +16786,108 @@
       <x:c r="L258" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>598828</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="U258" s="16" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>598816</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="U259" s="4" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -16897,108 +16897,108 @@
       <x:c r="L260" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>598827</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="U260" s="16" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>572992</x:v>
+        <x:v>572987</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -17008,51 +17008,51 @@
       <x:c r="L262" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>598819</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -17062,62 +17062,62 @@
       <x:c r="L263" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>572991</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -17189,51 +17189,51 @@
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>607419</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -17248,51 +17248,51 @@
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>553804</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>31</x:v>
@@ -17364,97 +17364,97 @@
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>553819</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>504041</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
@@ -17469,51 +17469,51 @@
       <x:c r="L270" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42766</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>504043</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
@@ -17596,51 +17596,51 @@
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>553818</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>31</x:v>
@@ -17772,51 +17772,51 @@
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>603523</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
@@ -17831,51 +17831,51 @@
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>603907</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37889</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>31</x:v>
@@ -17888,156 +17888,156 @@
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>525376</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>37889</x:v>
+        <x:v>38870</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>42766</x:v>
+        <x:v>42686</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>557641</x:v>
+        <x:v>603900</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>38870</x:v>
+        <x:v>37889</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>42686</x:v>
+        <x:v>42766</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>603900</x:v>
+        <x:v>557641</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
@@ -18055,51 +18055,51 @@
       <x:c r="M280" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>603887</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38870</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -18391,51 +18391,51 @@
       <x:c r="L286" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42686</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>570021</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>37921</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="E287" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="G287" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>381</x:v>
       </x:c>