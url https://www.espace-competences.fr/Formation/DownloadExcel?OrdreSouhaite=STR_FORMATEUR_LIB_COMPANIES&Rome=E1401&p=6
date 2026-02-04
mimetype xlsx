--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -170,92 +170,92 @@
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Mécanique familiale</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2021 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Webmarketing avancé</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention marketing, vente parcours management et marketing des services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac + 5 et plus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dates fixes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation entièrement présentielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vente distribution</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUYRICARD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention marketing, vente parcours communication et conduite du changement</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>Master mention marketing, vente parcours marketing and brand management</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention marketing, vente parcours international business</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation expert en gouvernance de la cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
@@ -293,63 +293,63 @@
   <x:si>
     <x:t>Expert en création digitale spécialisation expert en animation 3D (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur artistique : Brand design &amp; Motion Design (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation Product Designer UX-UI (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>expert en création digitale</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en création digitale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Expert en création digitale spécialisation UX-UI et IA pour le design d'interface (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en création digitale spécialisation directeur créatif : producteur jeu vidéo &amp; Game Design (Apprentissage)</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention marketing, vente</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet web et stratégie digitale (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
@@ -1506,51 +1506,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>575024</x:v>
+        <x:v>575026</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -1563,51 +1563,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>575026</x:v>
+        <x:v>575024</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
@@ -2211,216 +2211,216 @@
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>592050</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
-      <x:c r="E17" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>604994</x:v>
+        <x:v>537296</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>549748</x:v>
+        <x:v>604994</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39092</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
+      <x:c r="E19" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>46081</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>537296</x:v>
+        <x:v>549748</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35907</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -3999,208 +3999,208 @@
       <x:c r="K48" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34074</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>576504</x:v>
+        <x:v>576505</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
-        <x:v>34074</x:v>
+        <x:v>46382</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>576505</x:v>
+        <x:v>576583</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>191</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>46382</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>576583</x:v>
+        <x:v>576585</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>46382</x:v>
+        <x:v>34074</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>576585</x:v>
+        <x:v>576504</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
@@ -5326,105 +5326,105 @@
       <x:c r="K72" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>559234</x:v>
+        <x:v>578772</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>564822</x:v>
+        <x:v>559234</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>35593</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
@@ -5437,57 +5437,57 @@
       <x:c r="K74" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32135</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>578772</x:v>
+        <x:v>564822</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>