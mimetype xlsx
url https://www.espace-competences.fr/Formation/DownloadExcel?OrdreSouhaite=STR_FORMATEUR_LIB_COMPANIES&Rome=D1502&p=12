--- v0 (2026-02-04)
+++ v1 (2026-02-04)
@@ -455,62 +455,62 @@
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Pays d'Arles</x:t>
   </x:si>
   <x:si>
     <x:t>CCIPA</x:t>
   </x:si>
   <x:si>
     <x:t>13633</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
+    <x:t>10/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Gestionnaire d'unité commerciale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Jeune 16-25 ans , Primo-arrivant , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
-    <x:t>10/20/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma - Antenne Draguignan</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
@@ -797,90 +797,90 @@
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel assistant manager d'unité marchande</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INFREP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infrep Association - Cfa de l'Education Populaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/28/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel manager d'unité marchande (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut National de Formation et de Recherche sur l'Education Permanente - Antenne Carpentras</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
-  </x:si>
-[...25 lines deleted...]
-    <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable commerce retail (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Iscod</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>BIOT</x:t>
   </x:si>
   <x:si>
     <x:t>La Factory</x:t>
   </x:si>
   <x:si>
     <x:t>13370</x:t>
   </x:si>
   <x:si>
     <x:t>MALLEMORT</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA technico-commercial option biens et services pour l'agriculture (Apprentissage)</x:t>
   </x:si>
@@ -3629,175 +3629,176 @@
       <x:c r="K34" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>545202</x:v>
+        <x:v>600863</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
+      <x:c r="E35" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>512837</x:v>
+        <x:v>545202</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
-      <x:c r="E36" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>600863</x:v>
+        <x:v>512837</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
@@ -3928,57 +3929,57 @@
       <x:c r="K39" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>548555</x:v>
+        <x:v>500540</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>135</x:v>
@@ -3989,57 +3990,57 @@
       <x:c r="K40" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>602191</x:v>
+        <x:v>548555</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -4049,57 +4050,57 @@
       <x:c r="K41" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>500540</x:v>
+        <x:v>602191</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>36141</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>145</x:v>
@@ -4209,51 +4210,51 @@
         <x:v>149</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>615332</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -4584,247 +4585,247 @@
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>577257</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
+      <x:c r="E51" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>569954</x:v>
+        <x:v>548182</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>583302</x:v>
+        <x:v>569954</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
-      <x:c r="E53" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>548182</x:v>
+        <x:v>583302</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>569953</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
@@ -4969,57 +4970,57 @@
       <x:c r="K57" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>521211</x:v>
+        <x:v>555931</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>105</x:v>
@@ -5030,57 +5031,57 @@
       <x:c r="K58" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>555931</x:v>
+        <x:v>521211</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -5879,51 +5880,51 @@
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>548907</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -5940,51 +5941,51 @@
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>548901</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -6000,51 +6001,51 @@
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>521230</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
@@ -6173,51 +6174,51 @@
         <x:v>149</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>607279</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
@@ -6286,51 +6287,51 @@
       <x:c r="C80" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>521237</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -6340,51 +6341,51 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>586083</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
@@ -6456,51 +6457,51 @@
         <x:v>227</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>41853</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>616529</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
@@ -6515,51 +6516,51 @@
       <x:c r="C84" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>521239</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -6572,128 +6573,128 @@
         <x:v>55</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>552073</x:v>
+        <x:v>599922</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>599922</x:v>
+        <x:v>552073</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -6778,339 +6779,341 @@
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>546936</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>38676</x:v>
+        <x:v>35233</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
+      <x:c r="E89" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="F89" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
       <x:c r="G89" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>538996</x:v>
+        <x:v>598162</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
-      <x:c r="E90" s="14" t="s"/>
+      <x:c r="E90" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
-        <x:v>243</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>538937</x:v>
+        <x:v>540804</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>538976</x:v>
+        <x:v>538996</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>35233</x:v>
+        <x:v>38676</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E92" s="14" t="s"/>
+      <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>598162</x:v>
+        <x:v>538937</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
-      <x:c r="E93" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G93" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="H93" s="0" t="s">
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>540804</x:v>
+        <x:v>538976</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37787</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
@@ -7155,112 +7158,112 @@
         <x:v>45</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>554811</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>605842</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -7337,51 +7340,51 @@
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>605850</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -7397,51 +7400,51 @@
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>605841</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -7518,51 +7521,51 @@
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>496610</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -7639,51 +7642,51 @@
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>549874</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -7700,51 +7703,51 @@
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
         <x:v>549875</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -7821,51 +7824,51 @@
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>549873</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -7881,51 +7884,51 @@
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>549877</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -7942,51 +7945,51 @@
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>605846</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -8002,51 +8005,51 @@
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>496475</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -8063,51 +8066,51 @@
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>496474</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -8123,51 +8126,51 @@
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>605848</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -8184,51 +8187,51 @@
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>549878</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -9028,57 +9031,57 @@
       <x:c r="K126" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>555749</x:v>
+        <x:v>510982</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -9088,57 +9091,57 @@
       <x:c r="K127" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>510982</x:v>
+        <x:v>555749</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>36003</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>285</x:v>
@@ -9449,51 +9452,51 @@
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>602693</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>242</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
@@ -9735,73 +9738,73 @@
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>521252</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>35233</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>583783</x:v>
       </x:c>
@@ -9820,146 +9823,146 @@
         <x:v>315</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>35863</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>591771</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>35863</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F141" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>21511</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>583920</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>35233</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>61</x:v>
@@ -10186,51 +10189,51 @@
       <x:c r="M146" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>34559</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>559233</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -10408,81 +10411,81 @@
       <x:c r="M150" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>559242</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38676</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>581601</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>53</x:v>
       </x:c>