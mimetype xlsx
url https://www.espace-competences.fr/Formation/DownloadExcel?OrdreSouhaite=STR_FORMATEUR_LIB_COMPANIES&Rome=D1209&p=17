--- v0 (2026-02-05)
+++ v1 (2026-02-05)
@@ -356,83 +356,83 @@
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP fleuriste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Hyères</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Saint Rémy de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13210</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-REMY-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
+    <x:t>CAP Fleuriste</x:t>
+  </x:si>
+  <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP Fleuriste</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>11/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13821</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
@@ -1028,54 +1028,54 @@
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/25/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente spécialisation pharmacie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
   </x:si>
   <x:si>
     <x:t>Vénus Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
@@ -2384,730 +2384,730 @@
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>605803</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>615773</x:v>
+        <x:v>615772</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>610858</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>580642</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>580645</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>533297</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>615772</x:v>
+        <x:v>533296</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>533296</x:v>
+        <x:v>580644</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>580644</x:v>
+        <x:v>615773</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="U21" s="4" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>610857</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>580643</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>533294</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>533295</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3410,57 +3410,57 @@
       <x:c r="K31" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>605613</x:v>
+        <x:v>547266</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>124</x:v>
@@ -3471,57 +3471,57 @@
       <x:c r="K32" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>547266</x:v>
+        <x:v>605613</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
@@ -4316,57 +4316,57 @@
       <x:c r="K46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>604813</x:v>
+        <x:v>553271</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -4376,57 +4376,57 @@
       <x:c r="K47" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>553271</x:v>
+        <x:v>604813</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>134</x:v>
@@ -4538,51 +4538,51 @@
       <x:c r="C50" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>599052</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -4595,51 +4595,51 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>571695</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -5002,51 +5002,51 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>598727</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -5056,51 +5056,51 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>572857</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -5113,51 +5113,51 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>583316</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -5167,51 +5167,51 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>609634</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -5224,51 +5224,51 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>577268</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -5278,51 +5278,51 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>569972</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
@@ -6302,114 +6302,114 @@
       <x:c r="K80" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>552327</x:v>
+        <x:v>605240</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>605240</x:v>
+        <x:v>552327</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>177</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -6605,272 +6605,273 @@
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>496785</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>546567</x:v>
+        <x:v>496740</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
+      <x:c r="E87" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>579807</x:v>
+        <x:v>601090</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
-      <x:c r="E88" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>601090</x:v>
+        <x:v>579807</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>496740</x:v>
+        <x:v>546567</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
@@ -7297,51 +7298,51 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>524651</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
@@ -7435,51 +7436,51 @@
       <x:c r="C100" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>611169</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -7492,547 +7493,547 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>546278</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>606268</x:v>
+        <x:v>517895</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>517895</x:v>
+        <x:v>507657</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>507657</x:v>
+        <x:v>507658</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>507658</x:v>
+        <x:v>565102</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>565102</x:v>
+        <x:v>570893</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>570893</x:v>
+        <x:v>577069</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>577069</x:v>
+        <x:v>601059</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>601059</x:v>
+        <x:v>606268</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
@@ -8129,51 +8130,51 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>573093</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
@@ -9806,117 +9807,117 @@
       <x:c r="K140" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>496881</x:v>
+        <x:v>547371</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>547371</x:v>
+        <x:v>547388</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>291</x:v>
@@ -9927,117 +9928,117 @@
       <x:c r="K142" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>547388</x:v>
+        <x:v>547389</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>547389</x:v>
+        <x:v>600308</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>291</x:v>
@@ -10048,57 +10049,57 @@
       <x:c r="K144" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>600308</x:v>
+        <x:v>496881</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37866</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
@@ -10749,114 +10750,114 @@
       <x:c r="K156" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>552985</x:v>
+        <x:v>599535</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>210</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>552987</x:v>
+        <x:v>552985</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
@@ -10865,54 +10866,54 @@
       <x:c r="K158" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>599535</x:v>
+        <x:v>552987</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -11136,51 +11137,51 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>557877</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
@@ -11365,51 +11366,51 @@
         <x:v>50</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>601668</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -11422,51 +11423,51 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>605092</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -11593,51 +11594,51 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>605457</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>83</x:v>
       </x:c>