--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -146,51 +146,51 @@
   <x:si>
     <x:t>Ville</x:t>
   </x:si>
   <x:si>
     <x:t>Numéro de session CARIF</x:t>
   </x:si>
   <x:si>
     <x:t>Date début session</x:t>
   </x:si>
   <x:si>
     <x:t>Date fin session</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Apprentissage) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA</x:t>
   </x:si>
   <x:si>
-    <x:t>AFPA - FILIALE ENTREPRISE</x:t>
+    <x:t>AFPA - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13417</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Vente spécialisée</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Filiale Entreprise - CFA - Antenne Le Pontet</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
@@ -473,62 +473,62 @@
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfd</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
-    <x:t>formation mixte</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BP fleuriste (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
@@ -593,83 +593,83 @@
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
+    <x:t>01/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/14/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/12/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice (Brown Séquard)</x:t>
@@ -767,56 +767,56 @@
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>FLC FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>06160</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Conseiller de vente</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>SISTERON</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BP Fleuriste</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil - Antenne Nice</x:t>
@@ -1028,54 +1028,54 @@
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/18/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente spécialisation pharmacie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
   </x:si>
   <x:si>
     <x:t>Vénus Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
@@ -2718,57 +2718,57 @@
       <x:c r="K19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>580643</x:v>
+        <x:v>610857</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -2777,114 +2777,114 @@
       <x:c r="K20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>610857</x:v>
+        <x:v>580643</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>533294</x:v>
+        <x:v>580642</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -2893,173 +2893,173 @@
       <x:c r="K22" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>533297</x:v>
+        <x:v>580645</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>580645</x:v>
+        <x:v>533294</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>580642</x:v>
+        <x:v>533297</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>101</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -3631,187 +3631,187 @@
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>501950</x:v>
+        <x:v>607559</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>607559</x:v>
+        <x:v>501950</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>552735</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3822,57 +3822,57 @@
       <x:c r="H38" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>501911</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3882,57 +3882,57 @@
       <x:c r="H39" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>607538</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3943,117 +3943,117 @@
       <x:c r="H40" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I40" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>607560</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>552764</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4064,57 +4064,57 @@
       <x:c r="H42" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>552710</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4297,51 +4297,51 @@
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>604813</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -4418,51 +4418,51 @@
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>553271</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -4905,219 +4905,219 @@
       <x:c r="K56" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>609634</x:v>
+        <x:v>598727</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>583315</x:v>
+        <x:v>569971</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="U57" s="4" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>577268</x:v>
+        <x:v>609634</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>583316</x:v>
+        <x:v>583315</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -5127,398 +5127,396 @@
       <x:c r="K60" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>569972</x:v>
+        <x:v>577268</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
-      <x:c r="E61" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>600044</x:v>
+        <x:v>569972</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="U61" s="4" t="s">
         <x:v>46</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
-      <x:c r="E62" s="14" t="s"/>
+      <x:c r="E62" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>572857</x:v>
+        <x:v>600044</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="U62" s="16" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
-      <x:c r="E63" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>548174</x:v>
+        <x:v>572857</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>600046</x:v>
+        <x:v>548174</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>598727</x:v>
+        <x:v>583316</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
-      <x:c r="E66" s="14" t="s"/>
+      <x:c r="E66" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>569971</x:v>
+        <x:v>600046</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -5534,51 +5532,51 @@
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>612366</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G68" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -6767,51 +6765,51 @@
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>579807</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
@@ -6821,57 +6819,57 @@
       <x:c r="K89" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>496785</x:v>
+        <x:v>546567</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
@@ -6880,57 +6878,57 @@
       <x:c r="K90" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>546567</x:v>
+        <x:v>496785</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7151,51 +7149,51 @@
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
         <x:v>548902</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -7212,51 +7210,51 @@
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>603092</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
@@ -7281,117 +7279,117 @@
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="S97" s="0" t="n">
+        <x:v>566747</x:v>
+      </x:c>
+      <x:c r="T97" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="S97" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>566747</x:v>
+        <x:v>524651</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -7624,60 +7622,60 @@
       <x:c r="J103" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>577069</x:v>
+        <x:v>577070</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
@@ -7686,57 +7684,57 @@
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>577070</x:v>
+        <x:v>570893</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="G105" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -7802,54 +7800,54 @@
       <x:c r="K106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>570893</x:v>
+        <x:v>601059</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -7859,232 +7857,232 @@
       <x:c r="K107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>601059</x:v>
+        <x:v>507658</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>507658</x:v>
+        <x:v>577069</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>36005</x:v>
+        <x:v>38400</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>565102</x:v>
+        <x:v>517895</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>38400</x:v>
+        <x:v>36005</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>517895</x:v>
+        <x:v>565102</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8187,51 +8185,51 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>599904</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -8246,51 +8244,51 @@
       <x:c r="C114" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>599889</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -8303,51 +8301,51 @@
         <x:v>88</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>599882</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -8362,108 +8360,108 @@
       <x:c r="C116" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>552000</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>599905</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -8797,51 +8795,51 @@
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>600638</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8898,51 +8896,51 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>603803</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>271</x:v>
       </x:c>
@@ -9133,51 +9131,51 @@
         <x:v>41062</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>34534</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>605802</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
@@ -9504,57 +9502,57 @@
       <x:c r="K135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>569180</x:v>
+        <x:v>516419</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38400</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>66</x:v>
@@ -9565,57 +9563,57 @@
       <x:c r="K136" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>34503</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>516419</x:v>
+        <x:v>569180</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>36005</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -10807,54 +10805,54 @@
       <x:c r="K157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>599535</x:v>
+        <x:v>552987</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
@@ -10866,54 +10864,54 @@
       <x:c r="K158" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>552987</x:v>
+        <x:v>599535</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
@@ -11312,72 +11310,72 @@
       <x:c r="C166" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>581194</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -11537,51 +11535,51 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>602819</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
@@ -11651,123 +11649,123 @@
         <x:v>51</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>581579</x:v>
+        <x:v>581577</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>581577</x:v>
+        <x:v>581579</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 