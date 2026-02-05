--- v0 (2026-02-04)
+++ v1 (2026-02-05)
@@ -1478,60 +1478,60 @@
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mon Ecole en Ligne</x:t>
   </x:si>
   <x:si>
     <x:t>06110</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Maître d'apprentissage , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET</x:t>
   </x:si>
   <x:si>
     <x:t>My Academy</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Saint Vincent de Paul - Formations des Apprentis</x:t>
   </x:si>
   <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Sainte Jeanne d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>Optima Formation</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Organisme de Gestion du Lycée Technique Privé Catholique Saint Jean - Ogec Saint Jean</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Ort Formation</x:t>
   </x:si>
   <x:si>
     <x:t>75004</x:t>
   </x:si>
@@ -10548,57 +10548,57 @@
       <x:c r="K144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>13297</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>546392</x:v>
+        <x:v>478422</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>37435</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -10608,57 +10608,57 @@
       <x:c r="K145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>13297</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>478422</x:v>
+        <x:v>546392</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>37435</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>283</x:v>
@@ -10726,57 +10726,57 @@
       <x:c r="K147" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>608342</x:v>
+        <x:v>554766</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>298</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
@@ -10785,57 +10785,57 @@
       <x:c r="K148" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>554766</x:v>
+        <x:v>608342</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -14757,104 +14757,104 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>586220</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>318</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>40660</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>614704</x:v>
+        <x:v>503857</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>40660</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
@@ -14864,173 +14864,172 @@
       <x:c r="K219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>614703</x:v>
+        <x:v>614704</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>40660</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
-      <x:c r="E220" s="14" t="s"/>
+      <x:c r="E220" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>588296</x:v>
+        <x:v>614703</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
-      <x:c r="E221" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>549222</x:v>
+        <x:v>588296</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>379</x:v>
@@ -15044,57 +15043,57 @@
       <x:c r="K222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>503857</x:v>
+        <x:v>549222</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H223" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
@@ -15104,57 +15103,57 @@
       <x:c r="K223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>503859</x:v>
+        <x:v>600897</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>345</x:v>
@@ -15165,57 +15164,57 @@
       <x:c r="K224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>600897</x:v>
+        <x:v>549282</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>345</x:v>
       </x:c>
@@ -15225,57 +15224,57 @@
       <x:c r="K225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>549282</x:v>
+        <x:v>503859</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="I226" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
@@ -18616,163 +18615,161 @@
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>608090</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
-        <x:v>57</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
-      <x:c r="E284" s="14" t="s"/>
+      <x:c r="E284" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>447</x:v>
-[...1 lines deleted...]
-      <x:c r="H284" s="14" t="s"/>
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H284" s="14" t="s">
+        <x:v>297</x:v>
+      </x:c>
       <x:c r="I284" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>449</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>597224</x:v>
+        <x:v>511085</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
-      <x:c r="E285" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G285" s="0" t="s">
-        <x:v>296</x:v>
-[...2 lines deleted...]
-        <x:v>297</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>448</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>511085</x:v>
+        <x:v>597224</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -19373,159 +19370,159 @@
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>506000</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
-        <x:v>35077</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>350</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
-        <x:v>41003</x:v>
+        <x:v>42133</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>534946</x:v>
+        <x:v>608579</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>457</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>35077</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
-        <x:v>42133</x:v>
+        <x:v>41003</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>608579</x:v>
+        <x:v>534946</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>35077</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -19814,51 +19811,51 @@
       <x:c r="K304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>547443</x:v>
+        <x:v>606951</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
@@ -19871,51 +19868,51 @@
       <x:c r="K305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>606951</x:v>
+        <x:v>547443</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>439</x:v>